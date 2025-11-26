--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1488,51 +1488,51 @@
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>Handi</v>
       </c>
       <c r="B13" t="str">
         <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>West Begay</v>
       </c>
       <c r="E13">
         <v>1</v>
       </c>
       <c r="F13">
         <v>57</v>
       </c>
       <c r="G13">
         <v>73248</v>
       </c>
       <c r="H13" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I13">
         <v>1</v>
       </c>
       <c r="J13">
         <v>57</v>
       </c>
       <c r="K13">
         <v>2</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>6</v>
       </c>
       <c r="P13">
         <v>2</v>
       </c>
@@ -3512,52 +3512,55 @@
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>Estbl</v>
       </c>
       <c r="B37" t="str">
         <v>T2</v>
       </c>
       <c r="C37">
         <v>2</v>
       </c>
       <c r="D37" t="str">
         <v>D-Bing</v>
       </c>
       <c r="E37">
         <v>8</v>
       </c>
       <c r="F37">
         <v>64</v>
       </c>
+      <c r="G37">
+        <v>219613</v>
+      </c>
       <c r="H37" t="str">
-        <v>darrendiscdude</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I37">
         <v>8</v>
       </c>
       <c r="J37">
         <v>64</v>
       </c>
       <c r="K37">
         <v>4</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>3</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>