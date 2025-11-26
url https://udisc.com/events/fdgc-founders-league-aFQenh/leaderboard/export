--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1574,51 +1574,51 @@
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>Handi</v>
       </c>
       <c r="B14" t="str">
         <v>T13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>West Begay</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>57</v>
       </c>
       <c r="G14">
         <v>73248</v>
       </c>
       <c r="H14" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>57</v>
       </c>
       <c r="K14">
         <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>2</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
         <v>4</v>
       </c>
@@ -2077,52 +2077,55 @@
         <v>2</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>Handi</v>
       </c>
       <c r="B20" t="str">
         <v>T19</v>
       </c>
       <c r="C20">
         <v>19</v>
       </c>
       <c r="D20" t="str">
         <v>Darren Bingham</v>
       </c>
       <c r="E20">
         <v>2</v>
       </c>
       <c r="F20">
         <v>59</v>
       </c>
+      <c r="G20">
+        <v>219613</v>
+      </c>
       <c r="H20" t="str">
-        <v>darrendiscdude</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I20">
         <v>2</v>
       </c>
       <c r="J20">
         <v>59</v>
       </c>
       <c r="K20">
         <v>4</v>
       </c>
       <c r="L20">
         <v>4</v>
       </c>
       <c r="M20">
         <v>3</v>
       </c>
       <c r="N20">
         <v>3</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
@@ -2834,203 +2837,206 @@
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>Handi</v>
       </c>
       <c r="B29" t="str">
         <v>T27</v>
       </c>
       <c r="C29">
         <v>27</v>
       </c>
       <c r="D29" t="str">
-        <v>Jared Nelson</v>
+        <v>Thomas Stonestreet</v>
       </c>
       <c r="E29">
         <v>5</v>
       </c>
       <c r="F29">
         <v>62</v>
       </c>
+      <c r="G29">
+        <v>317086</v>
+      </c>
       <c r="H29" t="str">
-        <v>makoitso</v>
+        <v>trailmonkey</v>
       </c>
       <c r="I29">
         <v>5</v>
       </c>
       <c r="J29">
         <v>62</v>
       </c>
       <c r="K29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V29">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB29">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>Handi</v>
       </c>
       <c r="B30" t="str">
         <v>T27</v>
       </c>
       <c r="C30">
         <v>27</v>
       </c>
       <c r="D30" t="str">
-        <v>Thomas Stonestreet</v>
+        <v>Jared Nelson</v>
       </c>
       <c r="E30">
         <v>5</v>
       </c>
       <c r="F30">
         <v>62</v>
       </c>
       <c r="H30" t="str">
-        <v>trailmonkey</v>
+        <v>makoitso</v>
       </c>
       <c r="I30">
         <v>5</v>
       </c>
       <c r="J30">
         <v>62</v>
       </c>
       <c r="K30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O30">
         <v>3</v>
       </c>
       <c r="P30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R30">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB30">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>Handi</v>
       </c>
       <c r="B31" t="str">
         <v>30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
         <v>Tommy Leavitt</v>
       </c>
       <c r="E31">
         <v>6</v>
       </c>
       <c r="F31">
         <v>63</v>
       </c>
       <c r="H31" t="str">
         <v>tommyleavitt</v>
       </c>
       <c r="I31">