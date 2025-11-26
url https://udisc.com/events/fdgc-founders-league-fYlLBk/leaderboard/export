--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -3770,52 +3770,55 @@
         <v>3</v>
       </c>
       <c r="AB39">
         <v>3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>Estbl</v>
       </c>
       <c r="B40" t="str">
         <v>4</v>
       </c>
       <c r="C40">
         <v>4</v>
       </c>
       <c r="D40" t="str">
         <v>D-Bing</v>
       </c>
       <c r="E40">
         <v>2</v>
       </c>
       <c r="F40">
         <v>58</v>
       </c>
+      <c r="G40">
+        <v>219613</v>
+      </c>
       <c r="H40" t="str">
-        <v>darrendiscdude</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I40">
         <v>2</v>
       </c>
       <c r="J40">
         <v>58</v>
       </c>
       <c r="K40">
         <v>3</v>
       </c>
       <c r="L40">
         <v>2</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>2</v>
       </c>
       <c r="O40">
         <v>3</v>
       </c>
       <c r="P40">
         <v>3</v>
       </c>