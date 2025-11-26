--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -2161,51 +2161,51 @@
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>Handi</v>
       </c>
       <c r="B21" t="str">
         <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
         <v>West Begay</v>
       </c>
       <c r="E21">
         <v>2</v>
       </c>
       <c r="F21">
         <v>57</v>
       </c>
       <c r="G21">
         <v>73248</v>
       </c>
       <c r="H21" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I21">
         <v>2</v>
       </c>
       <c r="J21">
         <v>57</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>2</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>
@@ -2235,206 +2235,209 @@
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>Handi</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>David Carolus</v>
+        <v>Darren Bingham</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
         <v>57</v>
       </c>
       <c r="G22">
-        <v>277022</v>
+        <v>219613</v>
       </c>
       <c r="H22" t="str">
-        <v>dcizzle11</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I22">
         <v>2</v>
       </c>
       <c r="J22">
         <v>57</v>
       </c>
       <c r="K22">
         <v>3</v>
       </c>
       <c r="L22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>4</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
         <v>3</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
         <v>3</v>
       </c>
       <c r="AB22">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>Handi</v>
       </c>
       <c r="B23" t="str">
         <v>T20</v>
       </c>
       <c r="C23">
         <v>20</v>
       </c>
       <c r="D23" t="str">
-        <v>Darren Bingham</v>
+        <v>David Carolus</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>57</v>
       </c>
+      <c r="G23">
+        <v>277022</v>
+      </c>
       <c r="H23" t="str">
-        <v>darrendiscdude</v>
+        <v>dcizzle11</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>57</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="R23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
         <v>3</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Handi</v>
       </c>
       <c r="B24" t="str">
         <v>T20</v>
       </c>
       <c r="C24">
         <v>20</v>
       </c>
       <c r="D24" t="str">
         <v>Jared Nelson</v>
       </c>
       <c r="E24">
         <v>2</v>
       </c>
       <c r="F24">
         <v>57</v>
       </c>
       <c r="H24" t="str">
         <v>makoitso</v>
       </c>
       <c r="I24">