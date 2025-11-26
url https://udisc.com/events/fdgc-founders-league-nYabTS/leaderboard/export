--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -3598,52 +3598,55 @@
         <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>Estbl</v>
       </c>
       <c r="B38" t="str">
         <v>T6</v>
       </c>
       <c r="C38">
         <v>6</v>
       </c>
       <c r="D38" t="str">
         <v>D-Bing</v>
       </c>
       <c r="E38">
         <v>4</v>
       </c>
       <c r="F38">
         <v>60</v>
       </c>
+      <c r="G38">
+        <v>219613</v>
+      </c>
       <c r="H38" t="str">
-        <v>darrendiscdude</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I38">
         <v>4</v>
       </c>
       <c r="J38">
         <v>60</v>
       </c>
       <c r="K38">
         <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>3</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
         <v>3</v>
       </c>
@@ -4005,197 +4008,200 @@
       </c>
       <c r="Y42">
         <v>5</v>
       </c>
       <c r="Z42">
         <v>2</v>
       </c>
       <c r="AA42">
         <v>3</v>
       </c>
       <c r="AB42">
         <v>5</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>Estbl</v>
       </c>
       <c r="B43" t="str">
         <v>T11</v>
       </c>
       <c r="C43">
         <v>11</v>
       </c>
       <c r="D43" t="str">
-        <v>Derek</v>
+        <v>Thomas Stonestreet</v>
       </c>
       <c r="E43">
         <v>12</v>
       </c>
       <c r="F43">
         <v>68</v>
       </c>
+      <c r="G43">
+        <v>317086</v>
+      </c>
       <c r="H43" t="str">
-        <v>screechinapple</v>
+        <v>trailmonkey</v>
       </c>
       <c r="I43">
         <v>12</v>
       </c>
       <c r="J43">
         <v>68</v>
       </c>
       <c r="K43">
         <v>3</v>
       </c>
       <c r="L43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q43">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T43">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="U43">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V43">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W43">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X43">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="Y43">
         <v>4</v>
       </c>
       <c r="Z43">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA43">
         <v>3</v>
       </c>
       <c r="AB43">
         <v>3</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>Estbl</v>
       </c>
       <c r="B44" t="str">
         <v>T11</v>
       </c>
       <c r="C44">
         <v>11</v>
       </c>
       <c r="D44" t="str">
-        <v>Thomas Stonestreet</v>
+        <v>Derek</v>
       </c>
       <c r="E44">
         <v>12</v>
       </c>
       <c r="F44">
         <v>68</v>
       </c>
       <c r="H44" t="str">
-        <v>trailmonkey</v>
+        <v>screechinapple</v>
       </c>
       <c r="I44">
         <v>12</v>
       </c>
       <c r="J44">
         <v>68</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N44">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O44">
+        <v>4</v>
+      </c>
+      <c r="P44">
+        <v>3</v>
+      </c>
+      <c r="Q44">
+        <v>4</v>
+      </c>
+      <c r="R44">
+        <v>4</v>
+      </c>
+      <c r="S44">
+        <v>4</v>
+      </c>
+      <c r="T44">
+        <v>7</v>
+      </c>
+      <c r="U44">
+        <v>4</v>
+      </c>
+      <c r="V44">
         <v>5</v>
       </c>
-      <c r="P44">
-[...19 lines deleted...]
-      </c>
       <c r="W44">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X44">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y44">
         <v>4</v>
       </c>
       <c r="Z44">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA44">
         <v>3</v>
       </c>
       <c r="AB44">
         <v>3</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="str">
         <v>Estbl</v>
       </c>
       <c r="B45" t="str">
         <v>13</v>
       </c>
       <c r="C45">
         <v>13</v>
       </c>
       <c r="D45" t="str">
         <v>Toma leveto</v>
       </c>
       <c r="E45">
         <v>20</v>
       </c>
       <c r="F45">