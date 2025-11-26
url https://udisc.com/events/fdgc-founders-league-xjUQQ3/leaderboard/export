--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -1829,51 +1829,51 @@
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>Handi</v>
       </c>
       <c r="B17" t="str">
         <v>T16</v>
       </c>
       <c r="C17">
         <v>16</v>
       </c>
       <c r="D17" t="str">
         <v>West Begay</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>57</v>
       </c>
       <c r="G17">
         <v>73248</v>
       </c>
       <c r="H17" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>57</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>4</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
@@ -2407,206 +2407,209 @@
       </c>
       <c r="Y23">
         <v>4</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>Handi</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>Marcus Lavatai</v>
+        <v>Darren Bingham</v>
       </c>
       <c r="E24">
         <v>7</v>
       </c>
       <c r="F24">
         <v>64</v>
       </c>
       <c r="G24">
-        <v>232448</v>
+        <v>219613</v>
       </c>
       <c r="H24" t="str">
-        <v>mxmwatermelon</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I24">
         <v>7</v>
       </c>
       <c r="J24">
         <v>64</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L24">
         <v>4</v>
       </c>
       <c r="M24">
         <v>4</v>
       </c>
       <c r="N24">
         <v>3</v>
       </c>
       <c r="O24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V24">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W24">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="X24">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB24">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Handi</v>
       </c>
       <c r="B25" t="str">
         <v>T23</v>
       </c>
       <c r="C25">
         <v>23</v>
       </c>
       <c r="D25" t="str">
-        <v>Darren Bingham</v>
+        <v>Marcus Lavatai</v>
       </c>
       <c r="E25">
         <v>7</v>
       </c>
       <c r="F25">
         <v>64</v>
       </c>
+      <c r="G25">
+        <v>232448</v>
+      </c>
       <c r="H25" t="str">
-        <v>darrendiscdude</v>
+        <v>mxmwatermelon</v>
       </c>
       <c r="I25">
         <v>7</v>
       </c>
       <c r="J25">
         <v>64</v>
       </c>
       <c r="K25">
+        <v>4</v>
+      </c>
+      <c r="L25">
+        <v>4</v>
+      </c>
+      <c r="M25">
+        <v>4</v>
+      </c>
+      <c r="N25">
+        <v>3</v>
+      </c>
+      <c r="O25">
+        <v>4</v>
+      </c>
+      <c r="P25">
+        <v>3</v>
+      </c>
+      <c r="Q25">
+        <v>3</v>
+      </c>
+      <c r="R25">
+        <v>4</v>
+      </c>
+      <c r="S25">
+        <v>3</v>
+      </c>
+      <c r="T25">
+        <v>4</v>
+      </c>
+      <c r="U25">
+        <v>3</v>
+      </c>
+      <c r="V25">
+        <v>4</v>
+      </c>
+      <c r="W25">
+        <v>2</v>
+      </c>
+      <c r="X25">
         <v>5</v>
       </c>
-      <c r="L25">
-[...37 lines deleted...]
-      </c>
       <c r="Y25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB25">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>Handi</v>
       </c>
       <c r="B26" t="str">
         <v>T23</v>
       </c>
       <c r="C26">
         <v>23</v>
       </c>
       <c r="D26" t="str">
         <v>Joe Lacombe</v>
       </c>
       <c r="E26">
         <v>7</v>
       </c>
       <c r="F26">
         <v>64</v>
       </c>
       <c r="H26" t="str">
         <v>joelacombe</v>
       </c>
       <c r="I26">
@@ -3677,50 +3680,53 @@
       <c r="AA38">
         <v>2</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>Estbl</v>
       </c>
       <c r="B39" t="str">
         <v>6</v>
       </c>
       <c r="C39">
         <v>6</v>
       </c>
       <c r="D39" t="str">
         <v>Thomas Stonestreet</v>
       </c>
       <c r="E39">
         <v>8</v>
       </c>
       <c r="F39">
         <v>65</v>
+      </c>
+      <c r="G39">
+        <v>317086</v>
       </c>
       <c r="H39" t="str">
         <v>trailmonkey</v>
       </c>
       <c r="I39">
         <v>8</v>
       </c>
       <c r="J39">
         <v>65</v>
       </c>
       <c r="K39">
         <v>5</v>
       </c>
       <c r="L39">
         <v>4</v>
       </c>
       <c r="M39">
         <v>4</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
         <v>3</v>
       </c>