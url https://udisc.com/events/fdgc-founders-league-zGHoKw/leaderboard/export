--- v0 (2025-10-05)
+++ v1 (2025-11-26)
@@ -640,51 +640,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Handi</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>West Begay</v>
       </c>
       <c r="E3">
         <v>-7</v>
       </c>
       <c r="F3">
         <v>50</v>
       </c>
       <c r="G3">
         <v>73248</v>
       </c>
       <c r="H3" t="str">
-        <v>oppsofeast</v>
+        <v>wesdothis421</v>
       </c>
       <c r="I3">
         <v>-7</v>
       </c>
       <c r="J3">
         <v>50</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>4</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
@@ -2673,52 +2673,55 @@
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>Handi</v>
       </c>
       <c r="B27" t="str">
         <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
         <v>Darren Bingham</v>
       </c>
       <c r="E27">
         <v>5</v>
       </c>
       <c r="F27">
         <v>62</v>
       </c>
+      <c r="G27">
+        <v>219613</v>
+      </c>
       <c r="H27" t="str">
-        <v>darrendiscdude</v>
+        <v>dbingfrizz</v>
       </c>
       <c r="I27">
         <v>5</v>
       </c>
       <c r="J27">
         <v>62</v>
       </c>
       <c r="K27">
         <v>4</v>
       </c>
       <c r="L27">
         <v>3</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
@@ -4021,50 +4024,53 @@
       <c r="AA42">
         <v>4</v>
       </c>
       <c r="AB42">
         <v>2</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>Estbl</v>
       </c>
       <c r="B43" t="str">
         <v>8</v>
       </c>
       <c r="C43">
         <v>8</v>
       </c>
       <c r="D43" t="str">
         <v>Thomas Stonestreet</v>
       </c>
       <c r="E43">
         <v>12</v>
       </c>
       <c r="F43">
         <v>69</v>
+      </c>
+      <c r="G43">
+        <v>317086</v>
       </c>
       <c r="H43" t="str">
         <v>trailmonkey</v>
       </c>
       <c r="I43">
         <v>12</v>
       </c>
       <c r="J43">
         <v>69</v>
       </c>
       <c r="K43">
         <v>4</v>
       </c>
       <c r="L43">
         <v>5</v>
       </c>
       <c r="M43">
         <v>3</v>
       </c>
       <c r="N43">
         <v>3</v>
       </c>
       <c r="O43">
         <v>4</v>
       </c>