--- v0 (2026-01-13)
+++ v1 (2026-02-15)
@@ -2215,50 +2215,53 @@
         <v>3</v>
       </c>
       <c r="AC20">
         <v>5</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA4</v>
       </c>
       <c r="B21" t="str">
         <v>4</v>
       </c>
       <c r="C21">
         <v>4</v>
       </c>
       <c r="D21" t="str">
         <v>Nathan Billie</v>
       </c>
       <c r="E21">
         <v>6</v>
       </c>
       <c r="F21">
         <v>67</v>
       </c>
+      <c r="G21">
+        <v>321630</v>
+      </c>
       <c r="H21" t="str">
         <v>nats05</v>
       </c>
       <c r="I21">
         <v>6</v>
       </c>
       <c r="J21">
         <v>67</v>
       </c>
       <c r="K21">
         <v>3</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>4</v>
       </c>
       <c r="O21">
         <v>4</v>
       </c>
       <c r="P21">