--- v0 (2025-12-27)
+++ v1 (2026-02-15)
@@ -1510,209 +1510,212 @@
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>4</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>MA4</v>
       </c>
       <c r="B13" t="str">
         <v>T2</v>
       </c>
       <c r="C13">
         <v>2</v>
       </c>
       <c r="D13" t="str">
-        <v>Keelan Williams</v>
+        <v>Nathan Billie</v>
       </c>
       <c r="E13">
         <v>6</v>
       </c>
       <c r="F13">
         <v>65</v>
       </c>
+      <c r="G13">
+        <v>321630</v>
+      </c>
       <c r="H13" t="str">
-        <v>primitiv3</v>
+        <v>nats05</v>
       </c>
       <c r="I13">
         <v>6</v>
       </c>
       <c r="J13">
         <v>65</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
         <v>3</v>
       </c>
       <c r="M13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>4</v>
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC13">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>MA4</v>
       </c>
       <c r="B14" t="str">
         <v>T2</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14" t="str">
-        <v>Nathan Billie</v>
+        <v>Keelan Williams</v>
       </c>
       <c r="E14">
         <v>6</v>
       </c>
       <c r="F14">
         <v>65</v>
       </c>
       <c r="H14" t="str">
-        <v>nats05</v>
+        <v>primitiv3</v>
       </c>
       <c r="I14">
         <v>6</v>
       </c>
       <c r="J14">
         <v>65</v>
       </c>
       <c r="K14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>3</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P14">
+        <v>4</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
         <v>5</v>
       </c>
-      <c r="Q14">
-[...7 lines deleted...]
-      </c>
       <c r="T14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>4</v>
       </c>
       <c r="W14">
         <v>4</v>
       </c>
       <c r="X14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC14">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>MA4</v>
       </c>
       <c r="B15" t="str">
         <v>4</v>
       </c>
       <c r="C15">
         <v>4</v>
       </c>
       <c r="D15" t="str">
         <v>Shayna Harvey</v>
       </c>
       <c r="E15">
         <v>11</v>
       </c>
       <c r="F15">
         <v>70</v>
       </c>
       <c r="G15">
         <v>183642</v>
       </c>
       <c r="H15" t="str">