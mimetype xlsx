--- v0 (2025-10-21)
+++ v1 (2026-03-03)
@@ -648,51 +648,51 @@
       </c>
       <c r="AD2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>A</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Hálmar og birdies</v>
       </c>
       <c r="E3">
         <v>-14</v>
       </c>
       <c r="F3">
         <v>46</v>
       </c>
       <c r="H3" t="str">
-        <v>siggikari,alexanderingi</v>
+        <v>alexanderingi,siggikari</v>
       </c>
       <c r="I3">
         <v>-14</v>
       </c>
       <c r="J3">
         <v>46</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
@@ -915,51 +915,51 @@
       </c>
       <c r="AD5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>A</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>OB gang</v>
       </c>
       <c r="E6">
         <v>-13</v>
       </c>
       <c r="F6">
         <v>47</v>
       </c>
       <c r="H6" t="str">
-        <v>playaplaya,snorri3k</v>
+        <v>snorri3k,playaplaya</v>
       </c>
       <c r="I6">
         <v>-13</v>
       </c>
       <c r="J6">
         <v>47</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
@@ -1004,51 +1004,51 @@
       </c>
       <c r="AD6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>A</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
         <v>Team A&amp;Z</v>
       </c>
       <c r="E7">
         <v>-13</v>
       </c>
       <c r="F7">
         <v>47</v>
       </c>
       <c r="H7" t="str">
-        <v>atlisteinn,svavar</v>
+        <v>svavar,atlisteinn</v>
       </c>
       <c r="I7">
         <v>-13</v>
       </c>
       <c r="J7">
         <v>47</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>2</v>
       </c>
@@ -1093,51 +1093,51 @@
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>A</v>
       </c>
       <c r="B8" t="str">
         <v>7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>One Man Team</v>
       </c>
       <c r="E8">
         <v>-12</v>
       </c>
       <c r="F8">
         <v>48</v>
       </c>
       <c r="H8" t="str">
-        <v>siggigunn,farthaus</v>
+        <v>farthaus,siggigunn</v>
       </c>
       <c r="I8">
         <v>-12</v>
       </c>
       <c r="J8">
         <v>48</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -1182,51 +1182,51 @@
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>A</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v xml:space="preserve">Nesið er plesið </v>
       </c>
       <c r="E9">
         <v>-10</v>
       </c>
       <c r="F9">
         <v>50</v>
       </c>
       <c r="H9" t="str">
-        <v>arnars,krussi</v>
+        <v>krussi,arnars</v>
       </c>
       <c r="I9">
         <v>-10</v>
       </c>
       <c r="J9">
         <v>50</v>
       </c>
       <c r="K9">
         <v>2</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
         <v>1</v>
       </c>
@@ -1360,51 +1360,51 @@
       </c>
       <c r="AD10">
         <v>7</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>P</v>
       </c>
       <c r="B11" t="str">
         <v>1</v>
       </c>
       <c r="C11">
         <v>1</v>
       </c>
       <c r="D11" t="str">
         <v>Maybe birdie?</v>
       </c>
       <c r="E11">
         <v>-8</v>
       </c>
       <c r="F11">
         <v>52</v>
       </c>
       <c r="H11" t="str">
-        <v>bergur2006,torilynn2005</v>
+        <v>torilynn2005,bergur2006</v>
       </c>
       <c r="I11">
         <v>-8</v>
       </c>
       <c r="J11">
         <v>52</v>
       </c>
       <c r="K11">
         <v>2</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>2</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>