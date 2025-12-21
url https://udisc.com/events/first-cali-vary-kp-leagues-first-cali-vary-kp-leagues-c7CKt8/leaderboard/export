--- v0 (2025-11-25)
+++ v1 (2025-12-21)
@@ -649,641 +649,713 @@
       </c>
       <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
         <v>2</v>
       </c>
       <c r="AE2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>PRO</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Patrick Kelly</v>
+        <v>Thong Vue</v>
       </c>
       <c r="E3">
-        <v>-11</v>
+        <v>-12</v>
       </c>
       <c r="F3">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="H3">
-        <v>133804</v>
+        <v>123167</v>
       </c>
       <c r="I3" t="str">
-        <v>patrickkelly</v>
+        <v>shipoopi</v>
       </c>
       <c r="J3">
-        <v>-11</v>
+        <v>-12</v>
       </c>
       <c r="K3">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="L3">
         <v>2</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>2</v>
       </c>
       <c r="S3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X3">
         <v>2</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE3">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>PRO</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Thong Vue</v>
+        <v>Patrick Kelly</v>
       </c>
       <c r="E4">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="F4">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="G4">
         <v>1</v>
       </c>
       <c r="H4">
-        <v>123167</v>
+        <v>133804</v>
       </c>
       <c r="I4" t="str">
-        <v>shipoopi</v>
+        <v>patrickkelly</v>
       </c>
       <c r="J4">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="K4">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
+        <v>2</v>
+      </c>
+      <c r="Z4">
+        <v>2</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
+        <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>3</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>PRO</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Tommy Murashie</v>
       </c>
       <c r="E5">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="F5">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
         <v>225334</v>
       </c>
       <c r="I5" t="str">
         <v>murthoj</v>
       </c>
       <c r="J5">
-        <v>-7</v>
+        <v>-10</v>
       </c>
       <c r="K5">
-        <v>36</v>
+        <v>51</v>
       </c>
       <c r="L5">
         <v>2</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>2</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>2</v>
       </c>
       <c r="S5">
         <v>4</v>
       </c>
       <c r="T5">
         <v>2</v>
       </c>
       <c r="U5">
         <v>4</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
         <v>2</v>
       </c>
       <c r="Y5">
+        <v>2</v>
+      </c>
+      <c r="Z5">
+        <v>2</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
+        <v>2</v>
+      </c>
+      <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
+        <v>3</v>
+      </c>
+      <c r="AE5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>PRO</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Joe Hoppe</v>
       </c>
       <c r="E6">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="F6">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
         <v>164221</v>
       </c>
       <c r="I6" t="str">
         <v>joehoppe</v>
       </c>
       <c r="J6">
-        <v>-4</v>
+        <v>-8</v>
       </c>
       <c r="K6">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>5</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>2</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
+        <v>2</v>
+      </c>
+      <c r="Z6">
+        <v>2</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>3</v>
+      </c>
+      <c r="AC6">
+        <v>2</v>
+      </c>
+      <c r="AD6">
+        <v>2</v>
+      </c>
+      <c r="AE6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>INT</v>
       </c>
       <c r="B7" t="str">
         <v>1</v>
       </c>
       <c r="C7">
         <v>1</v>
       </c>
       <c r="D7" t="str">
-        <v>Vess Velikov</v>
+        <v>Craig Slavik</v>
       </c>
       <c r="E7">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="F7">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
       <c r="H7">
-        <v>305148</v>
+        <v>257770</v>
       </c>
       <c r="I7" t="str">
-        <v>vvelikov</v>
+        <v>craigthereaper</v>
       </c>
       <c r="J7">
-        <v>-10</v>
+        <v>-11</v>
       </c>
       <c r="K7">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="L7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>4</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
         <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>INT</v>
       </c>
       <c r="B8" t="str">
         <v>2</v>
       </c>
       <c r="C8">
         <v>2</v>
       </c>
       <c r="D8" t="str">
-        <v>Chuck Kennedy</v>
+        <v>Vess Velikov</v>
       </c>
       <c r="E8">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F8">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G8">
         <v>1</v>
       </c>
       <c r="H8">
-        <v>4949</v>
+        <v>305148</v>
       </c>
       <c r="I8" t="str">
-        <v>cgkdisc</v>
+        <v>vvelikov</v>
       </c>
       <c r="J8">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="K8">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE8">
         <v>2</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>REC</v>
+        <v>INT</v>
       </c>
       <c r="B9" t="str">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C9">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D9" t="str">
-        <v>Craig Slavik</v>
+        <v>Chuck Kennedy</v>
       </c>
       <c r="E9">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F9">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9">
-        <v>257770</v>
+        <v>4949</v>
       </c>
       <c r="I9" t="str">
-        <v>craigthereaper</v>
+        <v>cgkdisc</v>
       </c>
       <c r="J9">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="K9">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M9">
         <v>2</v>
       </c>
       <c r="N9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q9">
         <v>4</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>2</v>
       </c>
       <c r="U9">
         <v>2</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
         <v>2</v>
       </c>
       <c r="X9">
         <v>3</v>
       </c>
       <c r="Y9">
+        <v>4</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>3</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>3</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
+      </c>
+      <c r="AE9">
         <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>REC</v>
       </c>
       <c r="B10" t="str">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="C10">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D10" t="str">
         <v>Doyle</v>
       </c>
       <c r="E10">
         <v>-6</v>
       </c>
       <c r="F10">
         <v>55</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
         <v>slappin</v>
       </c>
       <c r="J10">
         <v>-6</v>
       </c>
       <c r="K10">
         <v>55</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
@@ -1328,54 +1400,54 @@
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
         <v>2</v>
       </c>
       <c r="AD10">
         <v>2</v>
       </c>
       <c r="AE10">
         <v>2</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>REC</v>
       </c>
       <c r="B11" t="str">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D11" t="str">
         <v>Mike Bruns</v>
       </c>
       <c r="E11">
         <v>-4</v>
       </c>
       <c r="F11">
         <v>57</v>
       </c>
       <c r="G11">
         <v>1</v>
       </c>
       <c r="I11" t="str">
         <v>mikeyb59</v>
       </c>
       <c r="J11">
         <v>-4</v>
       </c>
       <c r="K11">
         <v>57</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>