--- v0 (2025-10-23)
+++ v1 (2026-02-17)
@@ -1132,54 +1132,51 @@
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>4</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>5</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>UpTag</v>
       </c>
       <c r="B9" t="str">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>DNF</v>
       </c>
       <c r="D9" t="str">
         <v>Fred Leatherman</v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
       <c r="F9">
         <v>55</v>
       </c>
       <c r="H9" t="str">
         <v>mazdamann25</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9">
         <v>55</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>5</v>
       </c>