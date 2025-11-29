--- v0 (2025-11-09)
+++ v1 (2025-11-29)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AD18"/>
+  <dimension ref="A1:AD17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -550,991 +550,986 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_20</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
-        <v>Cade Garrelts</v>
+        <v>Zachary Olivarez</v>
       </c>
       <c r="E2">
-        <v>-2</v>
+        <v>7</v>
       </c>
       <c r="F2">
-        <v>1</v>
-[...2 lines deleted...]
-        <v>40910</v>
+        <v>70</v>
       </c>
       <c r="H2" t="str">
-        <v>cgarrelts</v>
+        <v>zolivarez21</v>
       </c>
       <c r="I2">
-        <v>-2</v>
+        <v>7</v>
       </c>
       <c r="J2">
-        <v>1</v>
+        <v>70</v>
+      </c>
+      <c r="K2">
+        <v>4</v>
+      </c>
+      <c r="L2">
+        <v>4</v>
+      </c>
+      <c r="M2">
+        <v>2</v>
+      </c>
+      <c r="N2">
+        <v>2</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
       </c>
       <c r="P2">
-        <v>1</v>
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>2</v>
+      </c>
+      <c r="R2">
+        <v>4</v>
+      </c>
+      <c r="S2">
+        <v>4</v>
+      </c>
+      <c r="T2">
+        <v>4</v>
+      </c>
+      <c r="U2">
+        <v>5</v>
+      </c>
+      <c r="V2">
+        <v>5</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
+      </c>
+      <c r="X2">
+        <v>3</v>
+      </c>
+      <c r="Y2">
+        <v>5</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>4</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
+      </c>
+      <c r="AC2">
+        <v>5</v>
+      </c>
+      <c r="AD2">
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Zachary Olivarez</v>
+        <v>Brett Straight</v>
       </c>
       <c r="E3">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="F3">
-        <v>70</v>
+        <v>72</v>
+      </c>
+      <c r="G3">
+        <v>23234</v>
       </c>
       <c r="H3" t="str">
-        <v>zolivarez21</v>
+        <v>strictlystr8</v>
       </c>
       <c r="I3">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="J3">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="K3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>5</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>4</v>
+      </c>
+      <c r="S3">
         <v>2</v>
       </c>
-      <c r="N3">
-[...16 lines deleted...]
-      </c>
       <c r="T3">
         <v>4</v>
       </c>
       <c r="U3">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC3">
         <v>5</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Brett Straight</v>
+        <v>Jacob Burns</v>
       </c>
       <c r="E4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F4">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>23234</v>
+        <v>73</v>
       </c>
       <c r="H4" t="str">
-        <v>strictlystr8</v>
+        <v>luna47871998</v>
       </c>
       <c r="I4">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="J4">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>4</v>
       </c>
       <c r="S4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T4">
         <v>4</v>
       </c>
       <c r="U4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V4">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
-        <v>Jacob Burns</v>
+        <v>Jadon Copeland</v>
       </c>
       <c r="E5">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F5">
-        <v>73</v>
+        <v>74</v>
+      </c>
+      <c r="G5">
+        <v>263862</v>
       </c>
       <c r="H5" t="str">
-        <v>luna47871998</v>
+        <v>jcopeland</v>
       </c>
       <c r="I5">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="J5">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="K5">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>5</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Jadon Copeland</v>
+        <v>Justin Patterson</v>
       </c>
       <c r="E6">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="F6">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>263862</v>
+        <v>78</v>
       </c>
       <c r="H6" t="str">
-        <v>jcopeland</v>
+        <v>patterson76</v>
       </c>
       <c r="I6">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="J6">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L6">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V6">
         <v>5</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA6">
         <v>5</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Justin Patterson</v>
+        <v>Kurt Tschanz</v>
       </c>
       <c r="E7">
         <v>15</v>
       </c>
       <c r="F7">
         <v>78</v>
       </c>
       <c r="H7" t="str">
-        <v>patterson76</v>
+        <v>kmtschanz</v>
       </c>
       <c r="I7">
         <v>15</v>
       </c>
       <c r="J7">
         <v>78</v>
       </c>
       <c r="K7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L7">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="N7">
         <v>3</v>
       </c>
       <c r="O7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>4</v>
       </c>
       <c r="AD7">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Julie Tschanz</v>
+      </c>
+      <c r="E8">
+        <v>23</v>
+      </c>
+      <c r="F8">
+        <v>86</v>
+      </c>
+      <c r="H8" t="str">
+        <v>jtschanz</v>
+      </c>
+      <c r="I8">
+        <v>23</v>
+      </c>
+      <c r="J8">
+        <v>86</v>
+      </c>
+      <c r="K8">
+        <v>4</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>5</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>4</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
         <v>6</v>
       </c>
-      <c r="D8" t="str">
-[...40 lines deleted...]
-      </c>
       <c r="S8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>4</v>
       </c>
       <c r="V8">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="W8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Julie Tschanz</v>
+        <v>Zoe Buffington</v>
       </c>
       <c r="E9">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="F9">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="H9" t="str">
-        <v>jtschanz</v>
+        <v>zbuffing</v>
       </c>
       <c r="I9">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="J9">
-        <v>86</v>
+        <v>93</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M9">
         <v>5</v>
       </c>
       <c r="N9">
         <v>4</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R9">
         <v>6</v>
       </c>
       <c r="S9">
         <v>5</v>
       </c>
       <c r="T9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U9">
         <v>4</v>
       </c>
       <c r="V9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W9">
         <v>5</v>
       </c>
       <c r="X9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y9">
         <v>5</v>
       </c>
       <c r="Z9">
         <v>5</v>
       </c>
       <c r="AA9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC9">
         <v>5</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>DNF</v>
       </c>
       <c r="D10" t="str">
-        <v>Zoe Buffington</v>
+        <v>Cade Garrelts</v>
       </c>
       <c r="E10">
-        <v>30</v>
+        <v>-2</v>
       </c>
       <c r="F10">
-        <v>93</v>
+        <v>1</v>
+      </c>
+      <c r="G10">
+        <v>40910</v>
       </c>
       <c r="H10" t="str">
-        <v>zbuffing</v>
+        <v>cgarrelts</v>
       </c>
       <c r="I10">
-        <v>30</v>
+        <v>-2</v>
       </c>
       <c r="J10">
-        <v>93</v>
-[...14 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="P10">
-        <v>4</v>
-[...41 lines deleted...]
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
+      <c r="B11" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D11" t="str">
         <v>Mitch Brown</v>
       </c>
       <c r="E11">
         <v>0</v>
       </c>
       <c r="F11">
         <v>0</v>
       </c>
       <c r="G11">
         <v>266102</v>
       </c>
       <c r="H11" t="str">
         <v>chfmtch</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
+      <c r="B12" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D12" t="str">
         <v>Ethan Tschanz</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="G12">
         <v>70821</v>
       </c>
       <c r="H12" t="str">
         <v>tschanz</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
+      <c r="B13" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D13" t="str">
         <v>Mason Higer</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="H13" t="str">
         <v>mhiger34</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
+      <c r="B14" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D14" t="str">
         <v>Q Brown</v>
       </c>
       <c r="E14">
         <v>0</v>
       </c>
       <c r="F14">
         <v>0</v>
       </c>
       <c r="H14" t="str">
         <v>qbrown19</v>
       </c>
       <c r="I14">
         <v>0</v>
       </c>
       <c r="J14">
         <v>0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
+      <c r="B15" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D15" t="str">
         <v>Seth Miles</v>
       </c>
       <c r="E15">
         <v>0</v>
       </c>
       <c r="F15">
         <v>0</v>
       </c>
       <c r="G15">
         <v>159391</v>
       </c>
       <c r="H15" t="str">
         <v>ksseth5</v>
       </c>
       <c r="I15">
         <v>0</v>
       </c>
       <c r="J15">
         <v>0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
+      <c r="B16" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D16" t="str">
         <v>Treyton</v>
       </c>
       <c r="E16">
         <v>0</v>
       </c>
       <c r="F16">
         <v>0</v>
       </c>
       <c r="H16" t="str">
         <v>treytonalvarez</v>
       </c>
       <c r="I16">
         <v>0</v>
       </c>
       <c r="J16">
         <v>0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
+      <c r="B17" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D17" t="str">
         <v>Tycen Higer</v>
       </c>
       <c r="E17">
         <v>0</v>
       </c>
       <c r="F17">
         <v>0</v>
       </c>
       <c r="G17">
         <v>164329</v>
       </c>
       <c r="H17" t="str">
         <v>higertycen</v>
       </c>
       <c r="I17">
         <v>0</v>
       </c>
       <c r="J17">
         <v>0</v>
       </c>
     </row>
-    <row r="18">
-[...21 lines deleted...]
-    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AD18"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AD17"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 