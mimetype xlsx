--- v1 (2025-10-24)
+++ v2 (2026-03-05)
@@ -3860,51 +3860,51 @@
       </c>
       <c r="AB40">
         <v>4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
         <v>Brian Kackert</v>
       </c>
       <c r="E41">
         <v>12</v>
       </c>
       <c r="F41">
         <v>66</v>
       </c>
       <c r="H41" t="str">
-        <v>briankackert</v>
+        <v>atlasdog726</v>
       </c>
       <c r="I41">
         <v>12</v>
       </c>
       <c r="J41">
         <v>66</v>
       </c>
       <c r="K41">
         <v>3</v>
       </c>
       <c r="L41">
         <v>3</v>
       </c>
       <c r="M41">
         <v>2</v>
       </c>
       <c r="N41">
         <v>4</v>
       </c>
       <c r="O41">
         <v>5</v>
       </c>
       <c r="P41">
         <v>4</v>
       </c>