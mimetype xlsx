--- v0 (2026-02-13)
+++ v1 (2026-03-16)
@@ -1435,51 +1435,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>MA1</v>
       </c>
       <c r="B10" t="str">
         <v>T6</v>
       </c>
       <c r="C10">
         <v>6</v>
       </c>
       <c r="D10" t="str">
         <v>Will Bright</v>
       </c>
       <c r="E10">
         <v>-1</v>
       </c>
       <c r="F10">
         <v>73</v>
       </c>
       <c r="G10">
         <v>1</v>
       </c>
       <c r="I10" t="str">
-        <v>willyb7274</v>
+        <v/>
       </c>
       <c r="J10">
         <v>-1</v>
       </c>
       <c r="K10">
         <v>73</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>2</v>
       </c>
       <c r="N10">
         <v>2</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>2</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
@@ -2174,50 +2174,53 @@
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>MA4</v>
       </c>
       <c r="B17" t="str">
         <v>2</v>
       </c>
       <c r="C17">
         <v>2</v>
       </c>
       <c r="D17" t="str">
         <v>Duane Smith</v>
       </c>
       <c r="E17">
         <v>8</v>
       </c>
       <c r="F17">
         <v>82</v>
       </c>
       <c r="G17">
         <v>2</v>
       </c>
+      <c r="H17">
+        <v>317068</v>
+      </c>
       <c r="I17" t="str">
         <v>desky63</v>
       </c>
       <c r="J17">
         <v>8</v>
       </c>
       <c r="K17">
         <v>82</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>4</v>
       </c>
       <c r="N17">
         <v>3</v>
       </c>
       <c r="O17">
         <v>2</v>
       </c>
       <c r="P17">
         <v>3</v>
       </c>
       <c r="Q17">
@@ -2589,50 +2592,53 @@
       <c r="AH20">
         <v>3</v>
       </c>
       <c r="AI20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>MA4</v>
       </c>
       <c r="B21" t="str">
         <v>DUP</v>
       </c>
       <c r="D21" t="str">
         <v>Duane Smith</v>
       </c>
       <c r="E21">
         <v>9</v>
       </c>
       <c r="F21">
         <v>83</v>
       </c>
       <c r="G21">
         <v>1</v>
+      </c>
+      <c r="H21">
+        <v>317068</v>
       </c>
       <c r="I21" t="str">
         <v>desky63</v>
       </c>
       <c r="J21">
         <v>9</v>
       </c>
       <c r="K21">
         <v>83</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>