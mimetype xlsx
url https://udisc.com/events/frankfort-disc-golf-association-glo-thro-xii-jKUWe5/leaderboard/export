--- v1 (2026-02-02)
+++ v2 (2026-02-22)
@@ -2046,51 +2046,51 @@
       </c>
       <c r="AI15" t="str">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>INT</v>
       </c>
       <c r="B16" t="str">
         <v>T1</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16" t="str">
         <v>Will Bright</v>
       </c>
       <c r="E16">
         <v>-5</v>
       </c>
       <c r="F16">
         <v>68</v>
       </c>
       <c r="H16" t="str">
-        <v>willyb7274</v>
+        <v/>
       </c>
       <c r="I16">
         <v>-5</v>
       </c>
       <c r="J16">
         <v>68</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
         <v>3</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>3</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
@@ -4540,50 +4540,53 @@
       <c r="AG39">
         <v>4</v>
       </c>
       <c r="AH39">
         <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>NOV</v>
       </c>
       <c r="B40" t="str">
         <v>T10</v>
       </c>
       <c r="C40">
         <v>10</v>
       </c>
       <c r="D40" t="str">
         <v>Duane Smith</v>
       </c>
       <c r="E40">
         <v>14</v>
       </c>
       <c r="F40">
         <v>87</v>
+      </c>
+      <c r="G40">
+        <v>317068</v>
       </c>
       <c r="H40" t="str">
         <v>desky63</v>
       </c>
       <c r="I40">
         <v>14</v>
       </c>
       <c r="J40">
         <v>87</v>
       </c>
       <c r="K40">
         <v>4</v>
       </c>
       <c r="L40">
         <v>2</v>
       </c>
       <c r="M40">
         <v>3</v>
       </c>
       <c r="N40">
         <v>2</v>
       </c>
       <c r="O40">
         <v>5</v>
       </c>