--- v0 (2026-02-02)
+++ v1 (2026-02-22)
@@ -777,51 +777,51 @@
       </c>
       <c r="AH3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Will Bright &amp; Ro Jo</v>
       </c>
       <c r="E4">
         <v>-10</v>
       </c>
       <c r="F4">
         <v>64</v>
       </c>
       <c r="H4" t="str">
-        <v>willyb7274,humblerojo</v>
+        <v>humblerojo</v>
       </c>
       <c r="I4">
         <v>-10</v>
       </c>
       <c r="J4">
         <v>64</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>2</v>
       </c>
       <c r="M4">
         <v>2</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>2</v>
       </c>