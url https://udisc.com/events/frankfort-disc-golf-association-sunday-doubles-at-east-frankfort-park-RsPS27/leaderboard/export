--- v0 (2025-11-29)
+++ v1 (2026-03-16)
@@ -979,51 +979,51 @@
       </c>
       <c r="AH5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Andrew Monroe &amp; Will Bright</v>
       </c>
       <c r="E6">
         <v>-8</v>
       </c>
       <c r="F6">
         <v>66</v>
       </c>
       <c r="H6" t="str">
-        <v>modiesel12,willyb7274</v>
+        <v>modiesel12</v>
       </c>
       <c r="I6">
         <v>-8</v>
       </c>
       <c r="J6">
         <v>66</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>