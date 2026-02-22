--- v0 (2025-12-08)
+++ v1 (2026-02-22)
@@ -878,51 +878,51 @@
       </c>
       <c r="AH4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Darell Motley &amp; Jason Withrow</v>
       </c>
       <c r="E5">
         <v>-10</v>
       </c>
       <c r="F5">
         <v>64</v>
       </c>
       <c r="H5" t="str">
-        <v>dmotdiscdog,jwithrow33</v>
+        <v>jwithrow33</v>
       </c>
       <c r="I5">
         <v>-10</v>
       </c>
       <c r="J5">
         <v>64</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>