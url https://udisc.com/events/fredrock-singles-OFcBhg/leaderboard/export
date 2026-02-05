--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -558,327 +558,348 @@
       </c>
       <c r="AC1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>T1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-2</v>
       </c>
       <c r="D2">
-        <v>2</v>
+        <v>-4</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>1</v>
+        <v>T5</v>
       </c>
       <c r="G2">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="H2" t="str">
-        <v>Jim Hall</v>
+        <v>Ryan Mahon</v>
       </c>
       <c r="I2">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="J2">
-        <v>41</v>
-[...2 lines deleted...]
-        <v>92282</v>
+        <v>56</v>
       </c>
       <c r="L2" t="str">
-        <v>jim92282</v>
+        <v>subieironchain</v>
       </c>
       <c r="M2">
-        <v>-4</v>
+        <v>2</v>
       </c>
       <c r="N2">
-        <v>41</v>
+        <v>56</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="U2">
+        <v>3</v>
+      </c>
+      <c r="V2">
+        <v>4</v>
+      </c>
+      <c r="W2">
+        <v>3</v>
       </c>
       <c r="X2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y2">
         <v>2</v>
       </c>
       <c r="Z2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD2">
         <v>3</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>T1</v>
       </c>
       <c r="B3">
         <v>1</v>
       </c>
       <c r="C3">
         <v>-2</v>
       </c>
       <c r="D3">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>T6</v>
+        <v>T8</v>
       </c>
       <c r="G3">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="H3" t="str">
-        <v>Ryan Mahon</v>
+        <v>Luke Allerton</v>
       </c>
       <c r="I3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J3">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L3" t="str">
-        <v>subieironchain</v>
+        <v>lallerton31</v>
       </c>
       <c r="M3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N3">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA3">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
-        <v>T1</v>
+        <v>T3</v>
       </c>
       <c r="B4">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="C4">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="D4">
-        <v>-5</v>
+        <v>2</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>T8</v>
+        <v>T1</v>
       </c>
       <c r="G4">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>Luke Allerton</v>
+        <v>Jim Hall</v>
       </c>
       <c r="I4">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="J4">
-        <v>45</v>
+        <v>51</v>
+      </c>
+      <c r="K4">
+        <v>92282</v>
       </c>
       <c r="L4" t="str">
-        <v>lallerton31</v>
+        <v>jim92282</v>
       </c>
       <c r="M4">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="N4">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S4">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="T4">
+        <v>2</v>
+      </c>
+      <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>4</v>
+      </c>
+      <c r="W4">
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF4">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="B5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
         <v>2</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>2</v>
+        <v>T1</v>
       </c>
       <c r="G5">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="H5" t="str">
         <v>Scott Waxter</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>51</v>
       </c>
       <c r="K5">
         <v>178922</v>
       </c>
       <c r="L5" t="str">
         <v>kingwax</v>
       </c>
       <c r="M5">
         <v>-3</v>
       </c>
       <c r="N5">
         <v>51</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
@@ -913,308 +934,338 @@
         <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>2</v>
       </c>
       <c r="AF5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="str">
-        <v>T4</v>
+      <c r="A6">
+        <v>5</v>
       </c>
       <c r="B6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="D6">
         <v>-2</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>5</v>
+        <v>T5</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="str">
         <v>Tim Voigt</v>
       </c>
       <c r="I6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J6">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="K6">
         <v>129125</v>
       </c>
       <c r="L6" t="str">
         <v>timbo16</v>
       </c>
       <c r="M6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>46</v>
+        <v>56</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
+      </c>
+      <c r="U6">
+        <v>3</v>
+      </c>
+      <c r="V6">
+        <v>5</v>
+      </c>
+      <c r="W6">
+        <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
         <v>4</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7">
-        <v>6</v>
+      <c r="A7" t="str">
+        <v>T6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>4</v>
       </c>
       <c r="G7">
         <v>4</v>
       </c>
       <c r="H7" t="str">
-        <v>Tom Ryan</v>
+        <v>Eric Boger</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J7">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="K7">
-        <v>193987</v>
+        <v>29837</v>
       </c>
       <c r="L7" t="str">
-        <v>tommymore</v>
+        <v>treeclimber420</v>
       </c>
       <c r="M7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N7">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="U7">
+        <v>2</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
         <v>2</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8">
-        <v>7</v>
+      <c r="A8" t="str">
+        <v>T6</v>
       </c>
       <c r="B8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="C8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D8">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="G8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H8" t="str">
-        <v>Eric Boger</v>
+        <v>Tom Ryan</v>
       </c>
       <c r="I8">
         <v>2</v>
       </c>
       <c r="J8">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="K8">
-        <v>29837</v>
+        <v>193987</v>
       </c>
       <c r="L8" t="str">
-        <v>treeclimber420</v>
+        <v>tommymore</v>
       </c>
       <c r="M8">
         <v>2</v>
       </c>
       <c r="N8">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="T8">
+        <v>2</v>
+      </c>
+      <c r="U8">
+        <v>4</v>
+      </c>
+      <c r="V8">
+        <v>4</v>
+      </c>
+      <c r="W8">
+        <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>2</v>
       </c>
       <c r="AE8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
         <v>4</v>
       </c>
       <c r="D9">
         <v>5</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>3</v>
       </c>
       <c r="G9">
@@ -1386,54 +1437,54 @@
       </c>
       <c r="AE10">
         <v>4</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11">
         <v>10</v>
       </c>
       <c r="B11">
         <v>10</v>
       </c>
       <c r="C11">
         <v>6</v>
       </c>
       <c r="D11">
         <v>-1</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="G11">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="H11" t="str">
         <v>skip lare</v>
       </c>
       <c r="I11">
         <v>7</v>
       </c>
       <c r="J11">
         <v>61</v>
       </c>
       <c r="L11" t="str">
         <v>vtrox01</v>
       </c>
       <c r="M11">
         <v>7</v>
       </c>
       <c r="N11">
         <v>61</v>
       </c>
       <c r="O11">
         <v>4</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
@@ -1472,96 +1523,108 @@
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>4</v>
       </c>
       <c r="AE11">
         <v>3</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>11</v>
       </c>
       <c r="C12">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D12">
         <v>3</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H12" t="str">
         <v xml:space="preserve">Tom Hilton </v>
       </c>
       <c r="I12">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="J12">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="L12" t="str">
         <v>tomholton66</v>
       </c>
       <c r="M12">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="N12">
-        <v>46</v>
+        <v>63</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
         <v>3</v>
       </c>
       <c r="Q12">
         <v>5</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
         <v>4</v>
+      </c>
+      <c r="T12">
+        <v>3</v>
+      </c>
+      <c r="U12">
+        <v>8</v>
+      </c>
+      <c r="V12">
+        <v>3</v>
+      </c>
+      <c r="W12">
+        <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
       <c r="AC12">
         <v>4</v>
       </c>
       <c r="AD12">
         <v>4</v>
       </c>
       <c r="AE12">
         <v>2</v>
       </c>