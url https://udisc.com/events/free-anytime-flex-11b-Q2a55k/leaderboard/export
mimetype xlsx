--- v0 (2025-10-18)
+++ v1 (2025-12-24)
@@ -902,152 +902,212 @@
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
       <c r="B6" t="str">
         <v>2</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="str">
-        <v>Tyler Tilghman</v>
+        <v>Chris DeRojas</v>
       </c>
       <c r="E6">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="F6">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
       <c r="I6" t="str">
-        <v>ttoke0420</v>
+        <v>therealshinobi</v>
       </c>
       <c r="J6">
-        <v>1</v>
+        <v>-4</v>
       </c>
       <c r="K6">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O6">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>MA2</v>
       </c>
+      <c r="B7" t="str">
+        <v>3</v>
+      </c>
+      <c r="C7">
+        <v>3</v>
+      </c>
       <c r="D7" t="str">
-        <v>Chris DeRojas</v>
+        <v>Tyler Tilghman</v>
       </c>
       <c r="E7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F7">
-        <v>0</v>
+        <v>59</v>
       </c>
       <c r="G7">
         <v>1</v>
       </c>
+      <c r="H7">
+        <v>204574</v>
+      </c>
       <c r="I7" t="str">
-        <v>therealshinobi</v>
+        <v>ttoke0420</v>
       </c>
       <c r="J7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K7">
-        <v>0</v>
+        <v>59</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
+      </c>
+      <c r="N7">
+        <v>4</v>
+      </c>
+      <c r="O7">
+        <v>5</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>2</v>
+      </c>
+      <c r="S7">
+        <v>2</v>
+      </c>
+      <c r="T7">
+        <v>4</v>
+      </c>
+      <c r="U7">
+        <v>3</v>
+      </c>
+      <c r="V7">
+        <v>3</v>
+      </c>
+      <c r="W7">
+        <v>2</v>
+      </c>
+      <c r="X7">
+        <v>3</v>
+      </c>
+      <c r="Y7">
+        <v>2</v>
+      </c>
+      <c r="Z7">
+        <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>4</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+      <c r="AC7">
+        <v>5</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>MA3</v>
       </c>
       <c r="B8" t="str">
         <v>1</v>
       </c>
       <c r="C8">
         <v>1</v>
       </c>
       <c r="D8" t="str">
         <v>Aaron Szczerba</v>
       </c>
       <c r="E8">
         <v>-13</v>
       </c>
       <c r="F8">
         <v>45</v>
       </c>
       <c r="G8">
         <v>2</v>
       </c>
       <c r="H8">