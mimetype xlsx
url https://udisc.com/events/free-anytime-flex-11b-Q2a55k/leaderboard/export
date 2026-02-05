--- v1 (2025-12-24)
+++ v2 (2026-02-05)
@@ -913,50 +913,53 @@
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
       <c r="B6" t="str">
         <v>2</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="str">
         <v>Chris DeRojas</v>
       </c>
       <c r="E6">
         <v>-4</v>
       </c>
       <c r="F6">
         <v>54</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
+      <c r="H6">
+        <v>319389</v>
+      </c>
       <c r="I6" t="str">
         <v>therealshinobi</v>
       </c>
       <c r="J6">
         <v>-4</v>
       </c>
       <c r="K6">
         <v>54</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">