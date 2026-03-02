--- v0 (2026-01-23)
+++ v1 (2026-03-02)
@@ -813,188 +813,185 @@
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>2</v>
       </c>
       <c r="AB4">
         <v>6</v>
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MA2</v>
       </c>
       <c r="B5" t="str">
         <v>1</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="str">
-        <v>Jeremy Brown</v>
+        <v>Bergen Christensen</v>
       </c>
       <c r="E5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F5">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="G5">
         <v>1</v>
       </c>
       <c r="H5">
-        <v>194221</v>
+        <v>121895</v>
       </c>
       <c r="I5" t="str">
-        <v>jb0341</v>
+        <v>bergen</v>
       </c>
       <c r="J5">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="K5">
-        <v>31</v>
+        <v>65</v>
       </c>
       <c r="L5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="M5">
         <v>4</v>
       </c>
       <c r="N5">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="R5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T5">
         <v>3</v>
+      </c>
+      <c r="U5">
+        <v>3</v>
+      </c>
+      <c r="V5">
+        <v>4</v>
+      </c>
+      <c r="W5">
+        <v>3</v>
+      </c>
+      <c r="X5">
+        <v>4</v>
+      </c>
+      <c r="Y5">
+        <v>4</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>2</v>
+      </c>
+      <c r="AB5">
+        <v>3</v>
+      </c>
+      <c r="AC5">
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>MA2</v>
       </c>
       <c r="B6" t="str">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>DNF</v>
       </c>
       <c r="D6" t="str">
-        <v>Bergen Christensen</v>
+        <v>Jeremy Brown</v>
       </c>
       <c r="E6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F6">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="G6">
         <v>1</v>
       </c>
       <c r="H6">
-        <v>121895</v>
+        <v>194221</v>
       </c>
       <c r="I6" t="str">
-        <v>bergen</v>
+        <v>jb0341</v>
       </c>
       <c r="J6">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="K6">
-        <v>65</v>
+        <v>31</v>
       </c>
       <c r="L6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="M6">
         <v>4</v>
       </c>
       <c r="N6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="R6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
-      </c>
-[...25 lines deleted...]
-        <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>