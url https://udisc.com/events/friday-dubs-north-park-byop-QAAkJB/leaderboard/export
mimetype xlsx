--- v0 (2025-10-18)
+++ v1 (2025-11-29)
@@ -1365,72 +1365,78 @@
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>AMS</v>
       </c>
+      <c r="B12" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D12" t="str">
         <v>Andy costa</v>
       </c>
       <c r="E12">
         <v>0</v>
       </c>
       <c r="F12">
         <v>0</v>
       </c>
       <c r="H12" t="str">
         <v>akcosta76</v>
       </c>
       <c r="I12">
         <v>0</v>
       </c>
       <c r="J12">
         <v>0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>AMS</v>
+      </c>
+      <c r="B13" t="str">
+        <v>DNF</v>
       </c>
       <c r="D13" t="str">
         <v>James Davison</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>0</v>
       </c>
       <c r="H13" t="str">
         <v>james0609</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB13"/>
   </ignoredErrors>
 </worksheet>