--- v0 (2026-02-14)
+++ v1 (2026-03-15)
@@ -628,167 +628,173 @@
       </c>
       <c r="Z2">
         <v>2</v>
       </c>
       <c r="AA2">
         <v>2</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Cory Sprous &amp; Branden Mock</v>
       </c>
       <c r="E3">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="F3">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="H3" t="str">
         <v>localhand2,bmockqcity</v>
       </c>
       <c r="I3">
-        <v>-9</v>
+        <v>-10</v>
       </c>
       <c r="J3">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>2</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
+      </c>
+      <c r="S3">
+        <v>2</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
         <v>2</v>
       </c>
       <c r="W3">
         <v>3</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>2</v>
       </c>
       <c r="Z3">
         <v>2</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Ron King &amp; Phoenix Sprous</v>
       </c>
       <c r="E4">
         <v>-7</v>
       </c>
       <c r="F4">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="H4" t="str">
         <v>ronking,phoenix1</v>
       </c>
       <c r="I4">
         <v>-7</v>
       </c>
       <c r="J4">
-        <v>45</v>
+        <v>48</v>
       </c>
       <c r="K4">
         <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>2</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
@@ -874,83 +880,86 @@
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Joe Bridges &amp; Nicholas mackinaw</v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="H6" t="str">
         <v>bridgewerk,nmack46</v>
       </c>
       <c r="I6">
         <v>-1</v>
       </c>
       <c r="J6">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="K6">
         <v>3</v>
       </c>
       <c r="L6">
         <v>4</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>4</v>
       </c>
       <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>