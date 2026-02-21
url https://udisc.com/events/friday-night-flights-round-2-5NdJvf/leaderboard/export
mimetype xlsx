--- v0 (2025-10-23)
+++ v1 (2026-02-21)
@@ -861,209 +861,212 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
         <v>0</v>
       </c>
       <c r="D5">
         <v>-3</v>
       </c>
       <c r="E5" t="str">
         <v>OPN</v>
       </c>
       <c r="F5" t="str">
         <v>T5</v>
       </c>
       <c r="G5">
         <v>5</v>
       </c>
       <c r="H5" t="str">
-        <v>Bobby Branch</v>
+        <v>Noah Braun</v>
       </c>
       <c r="I5">
         <v>3</v>
       </c>
       <c r="J5">
         <v>59</v>
       </c>
+      <c r="K5">
+        <v>320458</v>
+      </c>
       <c r="L5" t="str">
-        <v>denverbronco1</v>
+        <v>fatherbraun</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>59</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R5">
         <v>4</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>4</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE5">
         <v>4</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T4</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>0</v>
       </c>
       <c r="D6">
         <v>-3</v>
       </c>
       <c r="E6" t="str">
         <v>OPN</v>
       </c>
       <c r="F6" t="str">
         <v>T5</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="str">
-        <v>Noah Braun</v>
+        <v>Bobby Branch</v>
       </c>
       <c r="I6">
         <v>3</v>
       </c>
       <c r="J6">
         <v>59</v>
       </c>
       <c r="L6" t="str">
-        <v>fatherbraun</v>
+        <v>denverbronco1</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>59</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE6">
         <v>4</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T4</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
         <v>0</v>
       </c>
       <c r="D7">
         <v>-10</v>
       </c>
       <c r="E7" t="str">
         <v>OPN</v>
       </c>
       <c r="F7" t="str">