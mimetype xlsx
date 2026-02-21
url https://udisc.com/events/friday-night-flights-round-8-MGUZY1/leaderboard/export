--- v0 (2025-10-23)
+++ v1 (2026-02-21)
@@ -1056,50 +1056,53 @@
       </c>
       <c r="C7">
         <v>0</v>
       </c>
       <c r="D7">
         <v>6</v>
       </c>
       <c r="E7" t="str">
         <v>OPN</v>
       </c>
       <c r="F7" t="str">
         <v>6</v>
       </c>
       <c r="G7">
         <v>6</v>
       </c>
       <c r="H7" t="str">
         <v>Noah Braun</v>
       </c>
       <c r="I7">
         <v>-6</v>
       </c>
       <c r="J7">
         <v>48</v>
       </c>
+      <c r="K7">
+        <v>320458</v>
+      </c>
       <c r="L7" t="str">
         <v>fatherbraun</v>
       </c>
       <c r="M7">
         <v>-6</v>
       </c>
       <c r="N7">
         <v>48</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">