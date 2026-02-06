--- v0 (2026-01-10)
+++ v1 (2026-02-06)
@@ -909,1706 +909,1688 @@
       </c>
       <c r="AA5">
         <v>2</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
       <c r="AC5">
         <v>2</v>
       </c>
       <c r="AD5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>James larkin</v>
+        <v xml:space="preserve">Dave Peake </v>
       </c>
       <c r="E6">
         <v>-15</v>
       </c>
       <c r="F6">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="H6" t="str">
-        <v>jlarks21</v>
+        <v>daveedp</v>
       </c>
       <c r="I6">
         <v>-15</v>
       </c>
       <c r="J6">
-        <v>42</v>
+        <v>45</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>2</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>2</v>
       </c>
       <c r="O6">
         <v>2</v>
       </c>
       <c r="P6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q6">
         <v>2</v>
       </c>
       <c r="R6">
         <v>2</v>
       </c>
       <c r="S6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
         <v>2</v>
       </c>
       <c r="Y6">
         <v>2</v>
       </c>
       <c r="Z6">
         <v>2</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
+        <v>3</v>
+      </c>
+      <c r="AD6">
         <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T5</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v xml:space="preserve">Dave Peake </v>
+        <v>Gabe Russell</v>
       </c>
       <c r="E7">
         <v>-15</v>
       </c>
       <c r="F7">
         <v>45</v>
       </c>
       <c r="H7" t="str">
-        <v>daveedp</v>
+        <v>alphakingdoit</v>
       </c>
       <c r="I7">
         <v>-15</v>
       </c>
       <c r="J7">
         <v>45</v>
       </c>
       <c r="K7">
         <v>2</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>3</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>
       <c r="P7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q7">
         <v>2</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
         <v>2</v>
       </c>
       <c r="W7">
         <v>2</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z7">
         <v>2</v>
       </c>
       <c r="AA7">
         <v>2</v>
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T5</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Gabe Russell</v>
+        <v>Ben Nye</v>
       </c>
       <c r="E8">
-        <v>-15</v>
+        <v>-13</v>
       </c>
       <c r="F8">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="H8" t="str">
-        <v>alphakingdoit</v>
+        <v>bennye</v>
       </c>
       <c r="I8">
-        <v>-15</v>
+        <v>-13</v>
       </c>
       <c r="J8">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="K8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L8">
         <v>2</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>2</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q8">
         <v>2</v>
       </c>
       <c r="R8">
         <v>2</v>
       </c>
       <c r="S8">
         <v>2</v>
       </c>
       <c r="T8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U8">
         <v>2</v>
       </c>
       <c r="V8">
         <v>2</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z8">
         <v>2</v>
       </c>
       <c r="AA8">
         <v>2</v>
       </c>
       <c r="AB8">
         <v>2</v>
       </c>
       <c r="AC8">
         <v>2</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>John Gonzales</v>
+        <v>Conner Forbes</v>
       </c>
       <c r="E9">
-        <v>-13</v>
+        <v>-12</v>
       </c>
       <c r="F9">
-        <v>44</v>
+        <v>48</v>
+      </c>
+      <c r="G9">
+        <v>111169</v>
       </c>
       <c r="H9" t="str">
-        <v>johnnyg27</v>
+        <v>forbes419</v>
       </c>
       <c r="I9">
-        <v>-13</v>
+        <v>-12</v>
       </c>
       <c r="J9">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="K9">
         <v>3</v>
       </c>
       <c r="L9">
         <v>2</v>
       </c>
       <c r="M9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P9">
         <v>2</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>2</v>
       </c>
       <c r="S9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>2</v>
       </c>
       <c r="AA9">
         <v>2</v>
       </c>
       <c r="AB9">
         <v>2</v>
       </c>
       <c r="AC9">
+        <v>2</v>
+      </c>
+      <c r="AD9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
         <v>T8</v>
       </c>
       <c r="C10">
         <v>8</v>
       </c>
       <c r="D10" t="str">
-        <v>Ben Nye</v>
+        <v>Keegan Stipek</v>
       </c>
       <c r="E10">
-        <v>-13</v>
+        <v>-12</v>
       </c>
       <c r="F10">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="H10" t="str">
-        <v>bennye</v>
+        <v>kee5an</v>
       </c>
       <c r="I10">
-        <v>-13</v>
+        <v>-12</v>
       </c>
       <c r="J10">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L10">
         <v>2</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>2</v>
       </c>
       <c r="P10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U10">
         <v>2</v>
       </c>
       <c r="V10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y10">
         <v>2</v>
       </c>
       <c r="Z10">
         <v>2</v>
       </c>
       <c r="AA10">
         <v>2</v>
       </c>
       <c r="AB10">
         <v>2</v>
       </c>
       <c r="AC10">
         <v>2</v>
       </c>
       <c r="AD10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T8</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D11" t="str">
-        <v>Conner Forbes</v>
+        <v>Saxon H</v>
       </c>
       <c r="E11">
         <v>-12</v>
       </c>
       <c r="F11">
         <v>48</v>
       </c>
-      <c r="G11">
-[...1 lines deleted...]
-      </c>
       <c r="H11" t="str">
-        <v>forbes419</v>
+        <v>saxonhop</v>
       </c>
       <c r="I11">
         <v>-12</v>
       </c>
       <c r="J11">
         <v>48</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L11">
         <v>2</v>
       </c>
       <c r="M11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N11">
         <v>2</v>
       </c>
       <c r="O11">
         <v>2</v>
       </c>
       <c r="P11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>2</v>
       </c>
       <c r="S11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U11">
         <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
         <v>2</v>
       </c>
       <c r="Y11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z11">
         <v>2</v>
       </c>
       <c r="AA11">
         <v>2</v>
       </c>
       <c r="AB11">
         <v>2</v>
       </c>
       <c r="AC11">
         <v>2</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>T11</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Keegan Stipek</v>
+        <v>Danny lutz</v>
       </c>
       <c r="E12">
-        <v>-12</v>
+        <v>-10</v>
       </c>
       <c r="F12">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H12" t="str">
-        <v>kee5an</v>
+        <v>danny2486</v>
       </c>
       <c r="I12">
-        <v>-12</v>
+        <v>-10</v>
       </c>
       <c r="J12">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
         <v>2</v>
       </c>
       <c r="Q12">
         <v>2</v>
       </c>
       <c r="R12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S12">
         <v>2</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
         <v>2</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
         <v>2</v>
       </c>
       <c r="Z12">
         <v>2</v>
       </c>
       <c r="AA12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB12">
         <v>2</v>
       </c>
       <c r="AC12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T10</v>
+        <v>T11</v>
       </c>
       <c r="C13">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="D13" t="str">
-        <v>Saxon H</v>
+        <v>Laura Johnson</v>
       </c>
       <c r="E13">
-        <v>-12</v>
+        <v>-10</v>
       </c>
       <c r="F13">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="H13" t="str">
-        <v>saxonhop</v>
+        <v>laurajohnson</v>
       </c>
       <c r="I13">
-        <v>-12</v>
+        <v>-10</v>
       </c>
       <c r="J13">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="K13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>2</v>
       </c>
       <c r="O13">
         <v>2</v>
       </c>
       <c r="P13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R13">
         <v>2</v>
       </c>
       <c r="S13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z13">
         <v>2</v>
       </c>
       <c r="AA13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
       <c r="AC13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Ronnie Tanner</v>
+        <v>Justin hedrick</v>
       </c>
       <c r="E14">
-        <v>-11</v>
+        <v>-7</v>
       </c>
       <c r="F14">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="H14" t="str">
-        <v>bigdadwalkin</v>
+        <v>jayhedrick</v>
       </c>
       <c r="I14">
-        <v>-11</v>
+        <v>-7</v>
       </c>
       <c r="J14">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="K14">
         <v>2</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U14">
         <v>2</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>2</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z14">
         <v>2</v>
       </c>
       <c r="AA14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC14">
+        <v>3</v>
+      </c>
+      <c r="AD14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T14</v>
+        <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
-        <v>Tyler Sellers</v>
+        <v>Rory Cutrer</v>
       </c>
       <c r="E15">
-        <v>-10</v>
+        <v>-5</v>
       </c>
       <c r="F15">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>51547</v>
+        <v>55</v>
       </c>
       <c r="H15" t="str">
-        <v>tylersellers</v>
+        <v>rorycutrer</v>
       </c>
       <c r="I15">
-        <v>-10</v>
+        <v>-5</v>
       </c>
       <c r="J15">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="K15">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>2</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P15">
         <v>2</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U15">
         <v>2</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AC15">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="AD15">
+        <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T14</v>
+        <v>15</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D16" t="str">
-        <v>Danny lutz</v>
+        <v>Austin Gee</v>
       </c>
       <c r="E16">
-        <v>-10</v>
+        <v>0</v>
       </c>
       <c r="F16">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="H16" t="str">
-        <v>danny2486</v>
+        <v>whiskeyphoenix</v>
       </c>
       <c r="I16">
-        <v>-10</v>
+        <v>0</v>
       </c>
       <c r="J16">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O16">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q16">
         <v>2</v>
       </c>
       <c r="R16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T16">
         <v>3</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>2</v>
       </c>
       <c r="Y16">
         <v>2</v>
       </c>
       <c r="Z16">
         <v>2</v>
       </c>
       <c r="AA16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD16">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T14</v>
+        <v>16</v>
       </c>
       <c r="C17">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D17" t="str">
-        <v>Laura Johnson</v>
+        <v>David Z</v>
       </c>
       <c r="E17">
-        <v>-10</v>
+        <v>1</v>
       </c>
       <c r="F17">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="H17" t="str">
-        <v>laurajohnson</v>
+        <v>n7cartman</v>
       </c>
       <c r="I17">
-        <v>-10</v>
+        <v>1</v>
       </c>
       <c r="J17">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="K17">
         <v>3</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>3</v>
       </c>
       <c r="N17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R17">
         <v>2</v>
       </c>
       <c r="S17">
         <v>3</v>
       </c>
       <c r="T17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U17">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>2</v>
       </c>
       <c r="Y17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>2</v>
       </c>
       <c r="AC17">
         <v>3</v>
       </c>
       <c r="AD17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
         <v>17</v>
       </c>
       <c r="C18">
         <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Justin hedrick</v>
+        <v>Kaige sullender</v>
       </c>
       <c r="E18">
-        <v>-7</v>
+        <v>13</v>
       </c>
       <c r="F18">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="H18" t="str">
-        <v>jayhedrick</v>
+        <v>kaigesullender</v>
       </c>
       <c r="I18">
-        <v>-7</v>
+        <v>13</v>
       </c>
       <c r="J18">
-        <v>53</v>
+        <v>73</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M18">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="N18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="U18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X18">
         <v>2</v>
       </c>
       <c r="Y18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA18">
         <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
         <v>3</v>
       </c>
       <c r="AD18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>DNF</v>
       </c>
       <c r="D19" t="str">
-        <v>Rory Cutrer</v>
+        <v>Gary Lipp</v>
       </c>
       <c r="E19">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="F19">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="H19" t="str">
-        <v>rorycutrer</v>
+        <v>lipp530</v>
       </c>
       <c r="I19">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="J19">
-        <v>55</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>47</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>2</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
         <v>3</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U19">
         <v>2</v>
       </c>
       <c r="V19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>2</v>
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>2</v>
       </c>
       <c r="AA19">
         <v>2</v>
       </c>
       <c r="AB19">
         <v>2</v>
       </c>
       <c r="AC19">
         <v>3</v>
       </c>
       <c r="AD19">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>19</v>
-[...2 lines deleted...]
-        <v>19</v>
+        <v>DNF</v>
       </c>
       <c r="D20" t="str">
-        <v>Katie Cheyenne</v>
+        <v>Tyler Sellers</v>
       </c>
       <c r="E20">
-        <v>-2</v>
+        <v>-10</v>
       </c>
       <c r="F20">
-        <v>55</v>
+        <v>47</v>
+      </c>
+      <c r="G20">
+        <v>51547</v>
       </c>
       <c r="H20" t="str">
-        <v>katiecheyenne</v>
+        <v>tylersellers</v>
       </c>
       <c r="I20">
-        <v>-2</v>
+        <v>-10</v>
       </c>
       <c r="J20">
-        <v>55</v>
+        <v>47</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P20">
         <v>2</v>
       </c>
       <c r="Q20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
         <v>4</v>
       </c>
       <c r="X20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y20">
         <v>3</v>
       </c>
       <c r="Z20">
         <v>2</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AC20">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>20</v>
-[...2 lines deleted...]
-        <v>20</v>
+        <v>DNF</v>
       </c>
       <c r="D21" t="str">
-        <v>Gary Lipp</v>
+        <v>James larkin</v>
       </c>
       <c r="E21">
-        <v>-1</v>
+        <v>-15</v>
       </c>
       <c r="F21">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="H21" t="str">
-        <v>lipp530</v>
+        <v>jlarks21</v>
       </c>
       <c r="I21">
-        <v>-1</v>
+        <v>-15</v>
       </c>
       <c r="J21">
-        <v>47</v>
+        <v>42</v>
+      </c>
+      <c r="K21">
+        <v>2</v>
+      </c>
+      <c r="L21">
+        <v>2</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>2</v>
       </c>
       <c r="O21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P21">
         <v>2</v>
       </c>
       <c r="Q21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>2</v>
       </c>
       <c r="V21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>2</v>
       </c>
       <c r="Y21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z21">
         <v>2</v>
       </c>
       <c r="AA21">
         <v>2</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
       <c r="AC21">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>21</v>
-[...2 lines deleted...]
-        <v>21</v>
+        <v>DNF</v>
       </c>
       <c r="D22" t="str">
-        <v>Austin Gee</v>
+        <v>John Gonzales</v>
       </c>
       <c r="E22">
-        <v>0</v>
+        <v>-13</v>
       </c>
       <c r="F22">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="H22" t="str">
-        <v>whiskeyphoenix</v>
+        <v>johnnyg27</v>
       </c>
       <c r="I22">
-        <v>0</v>
+        <v>-13</v>
       </c>
       <c r="J22">
-        <v>60</v>
+        <v>44</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="M22">
         <v>3</v>
       </c>
       <c r="N22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q22">
         <v>2</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U22">
         <v>3</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y22">
         <v>2</v>
       </c>
       <c r="Z22">
         <v>2</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC22">
         <v>3</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>22</v>
-[...2 lines deleted...]
-        <v>22</v>
+        <v>DNF</v>
       </c>
       <c r="D23" t="str">
-        <v>David Z</v>
+        <v>Katie Cheyenne</v>
       </c>
       <c r="E23">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="F23">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="H23" t="str">
-        <v>n7cartman</v>
+        <v>katiecheyenne</v>
       </c>
       <c r="I23">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="J23">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="K23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N23">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q23">
         <v>3</v>
       </c>
       <c r="R23">
         <v>2</v>
       </c>
       <c r="S23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T23">
         <v>4</v>
       </c>
       <c r="U23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y23">
         <v>3</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
         <v>2</v>
       </c>
       <c r="AC23">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AD23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>23</v>
-[...2 lines deleted...]
-        <v>23</v>
+        <v>DNF</v>
       </c>
       <c r="D24" t="str">
-        <v>Kaige sullender</v>
+        <v>Ronnie Tanner</v>
       </c>
       <c r="E24">
-        <v>13</v>
+        <v>-11</v>
       </c>
       <c r="F24">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="H24" t="str">
-        <v>kaigesullender</v>
+        <v>bigdadwalkin</v>
       </c>
       <c r="I24">
-        <v>13</v>
+        <v>-11</v>
       </c>
       <c r="J24">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="K24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M24">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R24">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="S24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T24">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V24">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X24">
         <v>2</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC24">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="AD24">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AD24"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">