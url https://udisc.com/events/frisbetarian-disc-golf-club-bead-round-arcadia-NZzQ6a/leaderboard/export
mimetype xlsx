--- v0 (2026-02-01)
+++ v1 (2026-02-24)
@@ -937,1249 +937,1231 @@
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
       <c r="AD5">
         <v>5</v>
       </c>
       <c r="AE5">
         <v>5</v>
       </c>
       <c r="AF5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6" t="str">
-        <v>T3</v>
+      <c r="A6">
+        <v>5</v>
       </c>
       <c r="B6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="C6">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="D6">
-        <v>-11</v>
+        <v>-14</v>
       </c>
       <c r="E6" t="str">
         <v>ALL</v>
       </c>
       <c r="F6" t="str">
-        <v>6</v>
+        <v>T7</v>
       </c>
       <c r="G6">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H6" t="str">
-        <v>Trey Buck</v>
+        <v>Jeremy Ingram</v>
       </c>
       <c r="I6">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="J6">
-        <v>46</v>
+        <v>69</v>
+      </c>
+      <c r="K6">
+        <v>277118</v>
       </c>
       <c r="L6" t="str">
-        <v>papasmoke21</v>
+        <v>jivish23</v>
       </c>
       <c r="M6">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="N6">
-        <v>46</v>
+        <v>69</v>
+      </c>
+      <c r="O6">
+        <v>4</v>
+      </c>
+      <c r="P6">
+        <v>4</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>5</v>
+      </c>
+      <c r="T6">
+        <v>5</v>
       </c>
       <c r="U6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V6">
         <v>4</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AC6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7">
         <v>6</v>
       </c>
       <c r="B7">
         <v>6</v>
       </c>
       <c r="C7">
-        <v>-1</v>
+        <v>0</v>
       </c>
       <c r="D7">
         <v>-14</v>
       </c>
       <c r="E7" t="str">
         <v>ALL</v>
       </c>
       <c r="F7" t="str">
         <v>T9</v>
       </c>
       <c r="G7">
         <v>9</v>
       </c>
       <c r="H7" t="str">
-        <v>Jeremy Ingram</v>
+        <v>Joshua Jewett</v>
       </c>
       <c r="I7">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="J7">
-        <v>69</v>
-[...2 lines deleted...]
-        <v>277118</v>
+        <v>70</v>
       </c>
       <c r="L7" t="str">
-        <v>jivish23</v>
+        <v>joshjewett</v>
       </c>
       <c r="M7">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="N7">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="O7">
         <v>4</v>
       </c>
       <c r="P7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>5</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D8">
-        <v>-11</v>
+        <v>-9</v>
       </c>
       <c r="E8" t="str">
         <v>ALL</v>
       </c>
       <c r="F8" t="str">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G8">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H8" t="str">
-        <v>Aiden Buck</v>
+        <v>Josh Green</v>
       </c>
       <c r="I8">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="J8">
-        <v>48</v>
+        <v>68</v>
+      </c>
+      <c r="K8">
+        <v>72475</v>
       </c>
       <c r="L8" t="str">
-        <v>aidenbuck</v>
+        <v>greenone</v>
       </c>
       <c r="M8">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="N8">
-        <v>48</v>
+        <v>68</v>
+      </c>
+      <c r="O8">
+        <v>5</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>2</v>
+      </c>
+      <c r="R8">
+        <v>4</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+      <c r="T8">
+        <v>4</v>
       </c>
       <c r="U8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X8">
         <v>4</v>
       </c>
       <c r="Y8">
+        <v>4</v>
+      </c>
+      <c r="Z8">
+        <v>5</v>
+      </c>
+      <c r="AA8">
+        <v>3</v>
+      </c>
+      <c r="AB8">
+        <v>3</v>
+      </c>
+      <c r="AC8">
+        <v>3</v>
+      </c>
+      <c r="AD8">
         <v>6</v>
       </c>
-      <c r="Z8">
-[...13 lines deleted...]
-      </c>
       <c r="AE8">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF8">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T7</v>
       </c>
       <c r="B9">
         <v>7</v>
       </c>
       <c r="C9">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D9">
-        <v>-14</v>
+        <v>-12</v>
       </c>
       <c r="E9" t="str">
         <v>ALL</v>
       </c>
       <c r="F9" t="str">
-        <v>T11</v>
+        <v>11</v>
       </c>
       <c r="G9">
         <v>11</v>
       </c>
       <c r="H9" t="str">
-        <v>Joshua Jewett</v>
+        <v>Deric Erwin</v>
       </c>
       <c r="I9">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="J9">
-        <v>70</v>
+        <v>71</v>
+      </c>
+      <c r="K9">
+        <v>273930</v>
       </c>
       <c r="L9" t="str">
-        <v>joshjewett</v>
+        <v>delehoer</v>
       </c>
       <c r="M9">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="N9">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>4</v>
       </c>
       <c r="S9">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
         <v>4</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
         <v>4</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD9">
         <v>4</v>
       </c>
       <c r="AE9">
         <v>5</v>
       </c>
       <c r="AF9">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="10">
-      <c r="A10" t="str">
-        <v>T9</v>
+      <c r="A10">
+        <v>9</v>
       </c>
       <c r="B10">
         <v>9</v>
       </c>
       <c r="C10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D10">
         <v>-9</v>
       </c>
       <c r="E10" t="str">
         <v>ALL</v>
       </c>
       <c r="F10" t="str">
-        <v>8</v>
+        <v>T7</v>
       </c>
       <c r="G10">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="H10" t="str">
-        <v>Josh Green</v>
+        <v>Blake Martin</v>
       </c>
       <c r="I10">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="J10">
-        <v>68</v>
-[...2 lines deleted...]
-        <v>72475</v>
+        <v>69</v>
       </c>
       <c r="L10" t="str">
-        <v>greenone</v>
+        <v>krazyizz0</v>
       </c>
       <c r="M10">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="N10">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="O10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R10">
         <v>4</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T10">
         <v>4</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>4</v>
       </c>
       <c r="X10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>5</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD10">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AE10">
         <v>5</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
-      <c r="A11" t="str">
-        <v>T9</v>
+      <c r="A11">
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D11">
-        <v>-12</v>
+        <v>-9</v>
       </c>
       <c r="E11" t="str">
         <v>ALL</v>
       </c>
       <c r="F11" t="str">
-        <v>13</v>
+        <v>T9</v>
       </c>
       <c r="G11">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="H11" t="str">
-        <v>Deric Erwin</v>
+        <v>Daniel Brower</v>
       </c>
       <c r="I11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="J11">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="K11">
-        <v>273930</v>
+        <v>253790</v>
       </c>
       <c r="L11" t="str">
-        <v>delehoer</v>
+        <v>djbrower92</v>
       </c>
       <c r="M11">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="N11">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S11">
+        <v>4</v>
+      </c>
+      <c r="T11">
+        <v>4</v>
+      </c>
+      <c r="U11">
+        <v>3</v>
+      </c>
+      <c r="V11">
+        <v>3</v>
+      </c>
+      <c r="W11">
+        <v>3</v>
+      </c>
+      <c r="X11">
+        <v>3</v>
+      </c>
+      <c r="Y11">
+        <v>4</v>
+      </c>
+      <c r="Z11">
+        <v>4</v>
+      </c>
+      <c r="AA11">
+        <v>4</v>
+      </c>
+      <c r="AB11">
+        <v>5</v>
+      </c>
+      <c r="AC11">
+        <v>5</v>
+      </c>
+      <c r="AD11">
         <v>6</v>
       </c>
-      <c r="T11">
-[...31 lines deleted...]
-      </c>
       <c r="AE11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12">
         <v>11</v>
       </c>
       <c r="B12">
         <v>11</v>
       </c>
       <c r="C12">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D12">
-        <v>-9</v>
+        <v>-1</v>
       </c>
       <c r="E12" t="str">
         <v>ALL</v>
       </c>
       <c r="F12" t="str">
-        <v>T9</v>
+        <v>5</v>
       </c>
       <c r="G12">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="H12" t="str">
-        <v>Blake Martin</v>
+        <v>Adam Levesque</v>
       </c>
       <c r="I12">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="J12">
-        <v>69</v>
+        <v>64</v>
+      </c>
+      <c r="K12">
+        <v>241640</v>
       </c>
       <c r="L12" t="str">
-        <v>krazyizz0</v>
+        <v>frenchymontana</v>
       </c>
       <c r="M12">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="N12">
-        <v>69</v>
+        <v>64</v>
       </c>
       <c r="O12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q12">
         <v>3</v>
       </c>
       <c r="R12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
         <v>3</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X12">
         <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC12">
         <v>4</v>
       </c>
       <c r="AD12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE12">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="AF12">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13">
         <v>12</v>
       </c>
       <c r="B13">
         <v>12</v>
       </c>
       <c r="C13">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D13">
-        <v>-9</v>
+        <v>-8</v>
       </c>
       <c r="E13" t="str">
         <v>ALL</v>
       </c>
       <c r="F13" t="str">
-        <v>T11</v>
+        <v>12</v>
       </c>
       <c r="G13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="H13" t="str">
-        <v>Daniel Brower</v>
+        <v>Mike Lawrence</v>
       </c>
       <c r="I13">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="J13">
-        <v>70</v>
-[...2 lines deleted...]
-        <v>253790</v>
+        <v>72</v>
       </c>
       <c r="L13" t="str">
-        <v>djbrower92</v>
+        <v>mikell</v>
       </c>
       <c r="M13">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="N13">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="O13">
+        <v>4</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>4</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+      <c r="T13">
+        <v>4</v>
+      </c>
+      <c r="U13">
+        <v>4</v>
+      </c>
+      <c r="V13">
+        <v>4</v>
+      </c>
+      <c r="W13">
+        <v>4</v>
+      </c>
+      <c r="X13">
+        <v>3</v>
+      </c>
+      <c r="Y13">
+        <v>3</v>
+      </c>
+      <c r="Z13">
+        <v>4</v>
+      </c>
+      <c r="AA13">
+        <v>3</v>
+      </c>
+      <c r="AB13">
+        <v>3</v>
+      </c>
+      <c r="AC13">
         <v>6</v>
-      </c>
-[...40 lines deleted...]
-        <v>5</v>
       </c>
       <c r="AD13">
         <v>6</v>
       </c>
       <c r="AE13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14">
-        <v>13</v>
+      <c r="A14" t="str">
+        <v>T13</v>
       </c>
       <c r="B14">
         <v>13</v>
       </c>
       <c r="C14">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D14">
-        <v>-1</v>
+        <v>-10</v>
       </c>
       <c r="E14" t="str">
         <v>ALL</v>
       </c>
       <c r="F14" t="str">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="G14">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="H14" t="str">
-        <v>Adam Levesque</v>
+        <v>Michael Short</v>
       </c>
       <c r="I14">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="J14">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="K14">
-        <v>241640</v>
+        <v>201681</v>
       </c>
       <c r="L14" t="str">
-        <v>frenchymontana</v>
+        <v>diception</v>
       </c>
       <c r="M14">
-        <v>8</v>
+        <v>21</v>
       </c>
       <c r="N14">
-        <v>64</v>
+        <v>77</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
         <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC14">
         <v>4</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AE14">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15">
-        <v>14</v>
+      <c r="A15" t="str">
+        <v>T13</v>
       </c>
       <c r="B15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C15">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D15">
-        <v>-8</v>
+        <v>-14</v>
       </c>
       <c r="E15" t="str">
         <v>ALL</v>
       </c>
       <c r="F15" t="str">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G15">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H15" t="str">
-        <v>Mike Lawrence</v>
+        <v>Greg buck</v>
       </c>
       <c r="I15">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="J15">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="L15" t="str">
-        <v>mikell</v>
+        <v>greg10</v>
       </c>
       <c r="M15">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="N15">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="O15">
         <v>4</v>
       </c>
       <c r="P15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="U15">
         <v>4</v>
       </c>
       <c r="V15">
         <v>4</v>
       </c>
       <c r="W15">
         <v>4</v>
       </c>
       <c r="X15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA15">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AD15">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AE15">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AF15">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="16">
-      <c r="A16" t="str">
-[...10 lines deleted...]
-      </c>
       <c r="E16" t="str">
         <v>ALL</v>
       </c>
       <c r="F16" t="str">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G16">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="H16" t="str">
-        <v>Michael Short</v>
+        <v>Cory Linkous</v>
       </c>
       <c r="I16">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="J16">
-        <v>77</v>
-[...2 lines deleted...]
-        <v>201681</v>
+        <v>75</v>
       </c>
       <c r="L16" t="str">
-        <v>diception</v>
+        <v>clink3788</v>
       </c>
       <c r="M16">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="N16">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="O16">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
         <v>4</v>
       </c>
       <c r="R16">
         <v>4</v>
       </c>
       <c r="S16">
         <v>5</v>
       </c>
       <c r="T16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="U16">
         <v>4</v>
       </c>
       <c r="V16">
         <v>4</v>
       </c>
       <c r="W16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X16">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="Y16">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Z16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA16">
         <v>4</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
         <v>4</v>
       </c>
       <c r="AD16">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AE16">
         <v>4</v>
       </c>
       <c r="AF16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="C17">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="D17">
-        <v>-14</v>
+        <v>-11</v>
       </c>
       <c r="E17" t="str">
         <v>ALL</v>
       </c>
       <c r="F17" t="str">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>DNF</v>
       </c>
       <c r="H17" t="str">
-        <v>Greg buck</v>
+        <v>Aiden Buck</v>
       </c>
       <c r="I17">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="J17">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="L17" t="str">
-        <v>greg10</v>
+        <v>aidenbuck</v>
       </c>
       <c r="M17">
-        <v>25</v>
+        <v>11</v>
       </c>
       <c r="N17">
-        <v>81</v>
-[...13 lines deleted...]
-      <c r="S17">
+        <v>48</v>
+      </c>
+      <c r="U17">
+        <v>4</v>
+      </c>
+      <c r="V17">
+        <v>4</v>
+      </c>
+      <c r="W17">
+        <v>3</v>
+      </c>
+      <c r="X17">
+        <v>4</v>
+      </c>
+      <c r="Y17">
         <v>6</v>
       </c>
-      <c r="T17">
-[...16 lines deleted...]
-      </c>
       <c r="Z17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB17">
         <v>4</v>
       </c>
       <c r="AC17">
         <v>4</v>
       </c>
       <c r="AD17">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AE17">
         <v>4</v>
       </c>
       <c r="AF17">
         <v>5</v>
       </c>
     </row>
     <row r="18">
+      <c r="C18">
+        <v>-2</v>
+      </c>
+      <c r="D18">
+        <v>-11</v>
+      </c>
       <c r="E18" t="str">
         <v>ALL</v>
       </c>
       <c r="F18" t="str">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>15</v>
+        <v>DNF</v>
       </c>
       <c r="H18" t="str">
-        <v>Cory Linkous</v>
+        <v>Trey Buck</v>
       </c>
       <c r="I18">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="J18">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="L18" t="str">
-        <v>clink3788</v>
+        <v>papasmoke21</v>
       </c>
       <c r="M18">
-        <v>19</v>
+        <v>9</v>
       </c>
       <c r="N18">
-        <v>75</v>
-[...17 lines deleted...]
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
         <v>4</v>
       </c>
       <c r="W18">
         <v>4</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z18">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
         <v>4</v>
       </c>
       <c r="AD18">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AE18">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AF18">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AF18"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>