--- v0 (2025-11-15)
+++ v1 (2025-12-06)
@@ -545,71 +545,83 @@
       </c>
       <c r="Z1" t="str">
         <v>hole_16R</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17R</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18S</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Ken Goydan &amp; Joe Green</v>
       </c>
       <c r="E2">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="F2">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="H2" t="str">
         <v>kengoydan,jdgreen916</v>
       </c>
       <c r="I2">
-        <v>-7</v>
+        <v>-9</v>
       </c>
       <c r="J2">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="K2">
         <v>2</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
+        <v>2</v>
+      </c>
+      <c r="N2">
+        <v>4</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
         <v>2</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>6</v>
       </c>
       <c r="U2">
         <v>2</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>1</v>
@@ -619,60 +631,66 @@
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Pete Schemm &amp; Jesse Brubaker</v>
       </c>
       <c r="E3">
         <v>-6</v>
       </c>
       <c r="F3">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="H3" t="str">
         <v>cobaltx60,jerjeroid</v>
       </c>
       <c r="I3">
         <v>-6</v>
       </c>
       <c r="J3">
-        <v>49</v>
+        <v>55</v>
+      </c>
+      <c r="K3">
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
       </c>
       <c r="M3">
         <v>3</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>2</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>4</v>
       </c>
@@ -779,60 +797,66 @@
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Brent petersen &amp; Sean Smith</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="H5" t="str">
         <v>laylasdad,ultismith</v>
       </c>
       <c r="I5">
         <v>-1</v>
       </c>
       <c r="J5">
-        <v>54</v>
+        <v>60</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>4</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>
       <c r="R5">
         <v>5</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>5</v>
       </c>
@@ -936,72 +960,84 @@
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>4</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Daniel Alverio &amp; Brian Donohue</v>
       </c>
       <c r="E7">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F7">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="H7" t="str">
         <v>bigdanny,bdon1976</v>
       </c>
       <c r="I7">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="J7">
-        <v>50</v>
+        <v>67</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>4</v>
       </c>
       <c r="M7">
         <v>3</v>
+      </c>
+      <c r="N7">
+        <v>5</v>
+      </c>
+      <c r="O7">
+        <v>4</v>
+      </c>
+      <c r="P7">
+        <v>4</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
       </c>
       <c r="R7">
         <v>5</v>
       </c>
       <c r="S7">
         <v>2</v>
       </c>
       <c r="T7">
         <v>5</v>
       </c>
       <c r="U7">
         <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>4</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>