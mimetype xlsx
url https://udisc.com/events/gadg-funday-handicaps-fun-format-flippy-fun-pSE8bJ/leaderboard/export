--- v0 (2025-10-02)
+++ v1 (2026-02-09)
@@ -1342,51 +1342,51 @@
       <c r="C10">
         <v>15</v>
       </c>
       <c r="D10">
         <v>-13</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>9</v>
       </c>
       <c r="G10">
         <v>9</v>
       </c>
       <c r="H10" t="str">
         <v>Christopher kane</v>
       </c>
       <c r="I10">
         <v>28</v>
       </c>
       <c r="J10">
         <v>87</v>
       </c>
       <c r="L10" t="str">
-        <v>cheizkane2015g</v>
+        <v>cheizg92</v>
       </c>
       <c r="M10">
         <v>28</v>
       </c>
       <c r="N10">
         <v>87</v>
       </c>
       <c r="O10">
         <v>5</v>
       </c>
       <c r="P10">
         <v>5</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
         <v>5</v>
       </c>
       <c r="S10">
         <v>7</v>
       </c>
       <c r="T10">
         <v>7</v>
       </c>