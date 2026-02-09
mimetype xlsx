--- v0 (2025-10-02)
+++ v1 (2026-02-09)
@@ -1158,51 +1158,51 @@
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8">
         <v>-10</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
         <v>14</v>
       </c>
       <c r="G8">
         <v>14</v>
       </c>
       <c r="H8" t="str">
         <v>Christopher kane</v>
       </c>
       <c r="I8">
         <v>17</v>
       </c>
       <c r="J8">
         <v>76</v>
       </c>
       <c r="L8" t="str">
-        <v>cheizkane2015g</v>
+        <v>cheizg92</v>
       </c>
       <c r="M8">
         <v>17</v>
       </c>
       <c r="N8">
         <v>76</v>
       </c>
       <c r="O8">
         <v>5</v>
       </c>
       <c r="P8">
         <v>4</v>
       </c>
       <c r="Q8">
         <v>5</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
         <v>5</v>
       </c>
       <c r="T8">
         <v>5</v>
       </c>