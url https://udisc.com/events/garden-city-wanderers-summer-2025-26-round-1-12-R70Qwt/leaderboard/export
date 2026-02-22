--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-12</v>
       </c>
       <c r="D2">
         <v>-13</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>T14</v>
       </c>
       <c r="G2">
         <v>14</v>
       </c>
       <c r="H2" t="str">
         <v>Ants Gray</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
         <v>58</v>
       </c>
+      <c r="K2">
+        <v>313930</v>
+      </c>
       <c r="L2" t="str">
         <v>ants2024</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2">
         <v>58</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>2</v>
       </c>
       <c r="T2">
@@ -672,50 +675,53 @@
         <v>2</v>
       </c>
       <c r="C3">
         <v>-8</v>
       </c>
       <c r="D3">
         <v>1</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>T3</v>
       </c>
       <c r="G3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
         <v>Jade Scott</v>
       </c>
       <c r="I3">
         <v>-9</v>
       </c>
       <c r="J3">
         <v>48</v>
+      </c>
+      <c r="K3">
+        <v>314962</v>
       </c>
       <c r="L3" t="str">
         <v>jscott865</v>
       </c>
       <c r="M3">
         <v>-9</v>
       </c>
       <c r="N3">
         <v>48</v>
       </c>
       <c r="O3">
         <v>2</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
@@ -1998,51 +2004,51 @@
       </c>
     </row>
     <row r="17">
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
         <v>T6</v>
       </c>
       <c r="G17">
         <v>6</v>
       </c>
       <c r="H17" t="str">
         <v xml:space="preserve">Josh Corolla </v>
       </c>
       <c r="I17">
         <v>-5</v>
       </c>
       <c r="J17">
         <v>52</v>
       </c>
       <c r="K17">
         <v>311167</v>
       </c>
       <c r="L17" t="str">
-        <v>krolla25</v>
+        <v>jcrolla23</v>
       </c>
       <c r="M17">
         <v>-5</v>
       </c>
       <c r="N17">
         <v>52</v>
       </c>
       <c r="O17">
         <v>1</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
         <v>3</v>
       </c>
       <c r="R17">
         <v>4</v>
       </c>
       <c r="S17">
         <v>2</v>
       </c>
       <c r="T17">
         <v>3</v>
       </c>