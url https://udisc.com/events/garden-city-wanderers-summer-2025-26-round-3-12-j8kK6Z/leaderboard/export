--- v0 (2026-01-10)
+++ v1 (2026-01-31)
@@ -1354,51 +1354,51 @@
       <c r="D10">
         <v>-2</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T14</v>
       </c>
       <c r="G10">
         <v>14</v>
       </c>
       <c r="H10" t="str">
         <v xml:space="preserve">Josh Corolla </v>
       </c>
       <c r="I10">
         <v>1</v>
       </c>
       <c r="J10">
         <v>66</v>
       </c>
       <c r="K10">
         <v>311167</v>
       </c>
       <c r="L10" t="str">
-        <v>krolla25</v>
+        <v>jcrolla23</v>
       </c>
       <c r="M10">
         <v>1</v>
       </c>
       <c r="N10">
         <v>66</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
         <v>2</v>
       </c>
       <c r="R10">
         <v>5</v>
       </c>
       <c r="S10">
         <v>2</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>