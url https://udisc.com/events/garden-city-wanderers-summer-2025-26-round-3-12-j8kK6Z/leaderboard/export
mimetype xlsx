--- v1 (2026-01-31)
+++ v2 (2026-02-22)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-9</v>
       </c>
       <c r="D2">
         <v>-10</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>T14</v>
       </c>
       <c r="G2">
         <v>14</v>
       </c>
       <c r="H2" t="str">
         <v>Ants Gray</v>
       </c>
       <c r="I2">
         <v>1</v>
       </c>
       <c r="J2">
         <v>66</v>
       </c>
+      <c r="K2">
+        <v>313930</v>
+      </c>
       <c r="L2" t="str">
         <v>ants2024</v>
       </c>
       <c r="M2">
         <v>1</v>
       </c>
       <c r="N2">
         <v>66</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>5</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>5</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">
@@ -1931,50 +1934,53 @@
         <v>15</v>
       </c>
       <c r="C16">
         <v>3</v>
       </c>
       <c r="D16">
         <v>0</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
         <v>T19</v>
       </c>
       <c r="G16">
         <v>19</v>
       </c>
       <c r="H16" t="str">
         <v>Jade Scott</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>68</v>
+      </c>
+      <c r="K16">
+        <v>314962</v>
       </c>
       <c r="L16" t="str">
         <v>jscott865</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>68</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>
       <c r="Q16">
         <v>3</v>
       </c>
       <c r="R16">
         <v>7</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>