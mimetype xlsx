--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -3318,50 +3318,53 @@
         <v>2</v>
       </c>
       <c r="AF30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="E31" t="str">
         <v>GEN</v>
       </c>
       <c r="F31" t="str">
         <v>8</v>
       </c>
       <c r="G31">
         <v>8</v>
       </c>
       <c r="H31" t="str">
         <v>Leon Shimazaki</v>
       </c>
       <c r="I31">
         <v>-2</v>
       </c>
       <c r="J31">
         <v>63</v>
       </c>
+      <c r="K31">
+        <v>321305</v>
+      </c>
       <c r="L31" t="str">
         <v>ryuon0</v>
       </c>
       <c r="M31">
         <v>-2</v>
       </c>
       <c r="N31">
         <v>63</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>5</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>5</v>
       </c>
       <c r="S31">
         <v>2</v>
       </c>
       <c r="T31">