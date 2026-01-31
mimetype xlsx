--- v0 (2026-01-11)
+++ v1 (2026-01-31)
@@ -2702,51 +2702,51 @@
       <c r="D24">
         <v>5</v>
       </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
         <v>T14</v>
       </c>
       <c r="G24">
         <v>14</v>
       </c>
       <c r="H24" t="str">
         <v xml:space="preserve">Josh Corolla </v>
       </c>
       <c r="I24">
         <v>-1</v>
       </c>
       <c r="J24">
         <v>53</v>
       </c>
       <c r="K24">
         <v>311167</v>
       </c>
       <c r="L24" t="str">
-        <v>krolla25</v>
+        <v>jcrolla23</v>
       </c>
       <c r="M24">
         <v>-1</v>
       </c>
       <c r="N24">
         <v>53</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>3</v>
       </c>
       <c r="Q24">
         <v>3</v>
       </c>
       <c r="R24">
         <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>4</v>
       </c>