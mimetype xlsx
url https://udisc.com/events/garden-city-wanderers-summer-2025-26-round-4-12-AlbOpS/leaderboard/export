--- v1 (2026-01-31)
+++ v2 (2026-02-22)
@@ -676,50 +676,53 @@
       </c>
       <c r="C3">
         <v>-7</v>
       </c>
       <c r="D3">
         <v>-3</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
         <v>T4</v>
       </c>
       <c r="G3">
         <v>4</v>
       </c>
       <c r="H3" t="str">
         <v>Ants Gray</v>
       </c>
       <c r="I3">
         <v>-4</v>
       </c>
       <c r="J3">
         <v>50</v>
       </c>
+      <c r="K3">
+        <v>313930</v>
+      </c>
       <c r="L3" t="str">
         <v>ants2024</v>
       </c>
       <c r="M3">
         <v>-4</v>
       </c>
       <c r="N3">
         <v>50</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>
       <c r="R3">
         <v>4</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
@@ -2795,50 +2798,53 @@
         <v>23</v>
       </c>
       <c r="C25">
         <v>4</v>
       </c>
       <c r="D25">
         <v>3</v>
       </c>
       <c r="E25" t="str">
         <v>GEN</v>
       </c>
       <c r="F25" t="str">
         <v>T18</v>
       </c>
       <c r="G25">
         <v>18</v>
       </c>
       <c r="H25" t="str">
         <v>Jade Scott</v>
       </c>
       <c r="I25">
         <v>1</v>
       </c>
       <c r="J25">
         <v>55</v>
+      </c>
+      <c r="K25">
+        <v>314962</v>
       </c>
       <c r="L25" t="str">
         <v>jscott865</v>
       </c>
       <c r="M25">
         <v>1</v>
       </c>
       <c r="N25">
         <v>55</v>
       </c>
       <c r="O25">
         <v>2</v>
       </c>
       <c r="P25">
         <v>3</v>
       </c>
       <c r="Q25">
         <v>3</v>
       </c>
       <c r="R25">
         <v>3</v>
       </c>
       <c r="S25">
         <v>4</v>
       </c>