--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -3536,194 +3536,197 @@
       </c>
       <c r="AC32">
         <v>4</v>
       </c>
       <c r="AD32">
         <v>3</v>
       </c>
       <c r="AE32">
         <v>4</v>
       </c>
       <c r="AF32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="E33" t="str">
         <v>GEN</v>
       </c>
       <c r="F33" t="str">
         <v>T8</v>
       </c>
       <c r="G33">
         <v>8</v>
       </c>
       <c r="H33" t="str">
-        <v>James Hall</v>
+        <v>Leon Shimazaki</v>
       </c>
       <c r="I33">
         <v>-3</v>
       </c>
       <c r="J33">
         <v>51</v>
       </c>
+      <c r="K33">
+        <v>321305</v>
+      </c>
       <c r="L33" t="str">
-        <v>jimbojames</v>
+        <v>ryuon0</v>
       </c>
       <c r="M33">
         <v>-3</v>
       </c>
       <c r="N33">
         <v>51</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
         <v>2</v>
       </c>
       <c r="S33">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U33">
         <v>2</v>
       </c>
       <c r="V33">
         <v>3</v>
       </c>
       <c r="W33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X33">
         <v>3</v>
       </c>
       <c r="Y33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA33">
         <v>2</v>
       </c>
       <c r="AB33">
         <v>3</v>
       </c>
       <c r="AC33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD33">
         <v>3</v>
       </c>
       <c r="AE33">
         <v>3</v>
       </c>
       <c r="AF33">
         <v>3</v>
       </c>
     </row>
     <row r="34">
       <c r="E34" t="str">
         <v>GEN</v>
       </c>
       <c r="F34" t="str">
         <v>T8</v>
       </c>
       <c r="G34">
         <v>8</v>
       </c>
       <c r="H34" t="str">
-        <v>Leon Shimazaki</v>
+        <v>James Hall</v>
       </c>
       <c r="I34">
         <v>-3</v>
       </c>
       <c r="J34">
         <v>51</v>
       </c>
       <c r="L34" t="str">
-        <v>ryuon0</v>
+        <v>jimbojames</v>
       </c>
       <c r="M34">
         <v>-3</v>
       </c>
       <c r="N34">
         <v>51</v>
       </c>
       <c r="O34">
         <v>3</v>
       </c>
       <c r="P34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q34">
         <v>3</v>
       </c>
       <c r="R34">
         <v>2</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U34">
         <v>2</v>
       </c>
       <c r="V34">
         <v>3</v>
       </c>
       <c r="W34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X34">
         <v>3</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA34">
         <v>2</v>
       </c>
       <c r="AB34">
         <v>3</v>
       </c>
       <c r="AC34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD34">
         <v>3</v>
       </c>
       <c r="AE34">
         <v>3</v>
       </c>
       <c r="AF34">
         <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="E35" t="str">
         <v>GEN</v>
       </c>
       <c r="F35" t="str">
         <v>T18</v>
       </c>
       <c r="G35">
         <v>18</v>
       </c>
       <c r="H35" t="str">
         <v>Brando Thompson</v>
       </c>
       <c r="I35">