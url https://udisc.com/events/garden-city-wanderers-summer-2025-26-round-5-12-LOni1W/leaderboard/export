--- v0 (2026-01-09)
+++ v1 (2026-01-31)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AF30"/>
+  <dimension ref="A1:AF33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="17.83203125" customWidth="1"/>
     <col min="2" max="2" width="21.83203125" customWidth="1"/>
     <col min="3" max="3" width="29.83203125" customWidth="1"/>
     <col min="4" max="4" width="34.83203125" customWidth="1"/>
     <col min="5" max="5" width="8.83203125" customWidth="1"/>
     <col min="6" max="6" width="8.83203125" customWidth="1"/>
     <col min="7" max="7" width="12.83203125" customWidth="1"/>
     <col min="8" max="8" width="20.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="11.83203125" customWidth="1"/>
     <col min="12" max="12" width="8.83203125" customWidth="1"/>
     <col min="13" max="13" width="20.83203125" customWidth="1"/>
     <col min="14" max="14" width="17.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="6.83203125" customWidth="1"/>
     <col min="21" max="21" width="6.83203125" customWidth="1"/>
@@ -555,2806 +555,3082 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_14</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_15</v>
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
-        <v>-5</v>
+        <v>-8</v>
       </c>
       <c r="D2">
-        <v>-3</v>
+        <v>-9</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>T4</v>
+        <v>T11</v>
       </c>
       <c r="G2">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="H2" t="str">
-        <v>Kaine Ransby</v>
+        <v>Andrei van Dusschoten</v>
       </c>
       <c r="I2">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="J2">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>316593</v>
+        <v>59</v>
       </c>
       <c r="L2" t="str">
-        <v>kainera</v>
+        <v>andreivanduss</v>
       </c>
       <c r="M2">
-        <v>-2</v>
+        <v>1</v>
       </c>
       <c r="N2">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="O2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>3</v>
       </c>
       <c r="AD2">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AE2">
         <v>3</v>
       </c>
       <c r="AF2">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
-        <v>-4</v>
+        <v>-5</v>
       </c>
       <c r="D3">
-        <v>3</v>
+        <v>-3</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>1</v>
+        <v>T4</v>
       </c>
       <c r="G3">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H3" t="str">
-        <v>Gregor  Brosnahan</v>
+        <v>Kaine Ransby</v>
       </c>
       <c r="I3">
-        <v>-7</v>
+        <v>-2</v>
       </c>
       <c r="J3">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="K3">
-        <v>232031</v>
+        <v>316593</v>
       </c>
       <c r="L3" t="str">
-        <v>gluefist</v>
+        <v>kainera</v>
       </c>
       <c r="M3">
-        <v>-7</v>
+        <v>-2</v>
       </c>
       <c r="N3">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="O3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P3">
         <v>4</v>
       </c>
       <c r="Q3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R3">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S3">
         <v>3</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
         <v>3</v>
       </c>
       <c r="V3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>3</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD3">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF3">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" t="str">
-        <v>T3</v>
+      <c r="A4">
+        <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="D4">
-        <v>-2</v>
+        <v>3</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>T6</v>
+        <v>1</v>
       </c>
       <c r="G4">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="H4" t="str">
-        <v>Dwayne Aberhart</v>
+        <v>Gregor  Brosnahan</v>
       </c>
       <c r="I4">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="J4">
-        <v>57</v>
+        <v>51</v>
+      </c>
+      <c r="K4">
+        <v>232031</v>
       </c>
       <c r="L4" t="str">
-        <v>dwayne1986</v>
+        <v>gluefist</v>
       </c>
       <c r="M4">
-        <v>-1</v>
+        <v>-7</v>
       </c>
       <c r="N4">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="O4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>2</v>
       </c>
       <c r="W4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="B5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C5">
         <v>-3</v>
       </c>
       <c r="D5">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>T9</v>
+        <v>T6</v>
       </c>
       <c r="G5">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="H5" t="str">
-        <v>Brando Thompson</v>
+        <v>Dwayne Aberhart</v>
       </c>
       <c r="I5">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J5">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="L5" t="str">
-        <v>b9brando</v>
+        <v>dwayne1986</v>
       </c>
       <c r="M5">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="N5">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V5">
         <v>2</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD5">
         <v>3</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="B6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C6">
         <v>-3</v>
       </c>
       <c r="D6">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>11</v>
+        <v>T9</v>
       </c>
       <c r="G6">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="H6" t="str">
-        <v>Brian Hourigan</v>
+        <v>Brando Thompson</v>
       </c>
       <c r="I6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="J6">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>262090</v>
+        <v>58</v>
       </c>
       <c r="L6" t="str">
-        <v>bhourigan86</v>
+        <v>b9brando</v>
       </c>
       <c r="M6">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="N6">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>5</v>
       </c>
       <c r="S6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7">
-        <v>6</v>
+      <c r="A7" t="str">
+        <v>T4</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="C7">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="D7">
-        <v>-2</v>
+        <v>-4</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T9</v>
+        <v>T11</v>
       </c>
       <c r="G7">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H7" t="str">
-        <v>Michael Nation</v>
+        <v>Brian Hourigan</v>
       </c>
       <c r="I7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J7">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K7">
-        <v>294722</v>
+        <v>262090</v>
       </c>
       <c r="L7" t="str">
-        <v>nation</v>
+        <v>bhourigan86</v>
       </c>
       <c r="M7">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="N7">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>5</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE7">
         <v>3</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
-      <c r="A8" t="str">
-        <v>T7</v>
+      <c r="A8">
+        <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="D8">
-        <v>2</v>
+        <v>-2</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>3</v>
+        <v>T9</v>
       </c>
       <c r="G8">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="H8" t="str">
-        <v>Jason Ormandy</v>
+        <v>Michael Nation</v>
       </c>
       <c r="I8">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="J8">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="K8">
-        <v>176538</v>
+        <v>294722</v>
       </c>
       <c r="L8" t="str">
-        <v>jaseox</v>
+        <v>nation</v>
       </c>
       <c r="M8">
-        <v>-3</v>
+        <v>0</v>
       </c>
       <c r="N8">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
         <v>3</v>
       </c>
       <c r="X8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
       <c r="AF8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="B9">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C9">
         <v>-1</v>
       </c>
       <c r="D9">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>T6</v>
+        <v>3</v>
       </c>
       <c r="G9">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="H9" t="str">
-        <v>Ben Bolton</v>
+        <v>Jason Ormandy</v>
       </c>
       <c r="I9">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="J9">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="K9">
-        <v>302341</v>
+        <v>176538</v>
       </c>
       <c r="L9" t="str">
-        <v>bbtripleb</v>
+        <v>jaseox</v>
       </c>
       <c r="M9">
-        <v>-1</v>
+        <v>-3</v>
       </c>
       <c r="N9">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>
       <c r="P9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>2</v>
       </c>
       <c r="AD9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="B10">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C10">
         <v>-1</v>
       </c>
       <c r="D10">
         <v>0</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
         <v>T6</v>
       </c>
       <c r="G10">
         <v>6</v>
       </c>
       <c r="H10" t="str">
-        <v>Ryan McKinlay</v>
+        <v>Ben Bolton</v>
       </c>
       <c r="I10">
         <v>-1</v>
       </c>
       <c r="J10">
         <v>57</v>
       </c>
+      <c r="K10">
+        <v>302341</v>
+      </c>
       <c r="L10" t="str">
-        <v>rm3disc</v>
+        <v>bbtripleb</v>
       </c>
       <c r="M10">
         <v>-1</v>
       </c>
       <c r="N10">
         <v>57</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q10">
         <v>3</v>
       </c>
       <c r="R10">
         <v>5</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X10">
         <v>3</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE10">
         <v>3</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="B11">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C11">
         <v>-1</v>
       </c>
       <c r="D11">
-        <v>-4</v>
+        <v>0</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>T15</v>
+        <v>T6</v>
       </c>
       <c r="G11">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="H11" t="str">
-        <v>Tim Stewart</v>
+        <v>Ryan McKinlay</v>
       </c>
       <c r="I11">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="J11">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="L11" t="str">
-        <v>eltimmo</v>
+        <v>rm3disc</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>-1</v>
       </c>
       <c r="N11">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T11">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
         <v>3</v>
       </c>
       <c r="AA11">
         <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
       <c r="AE11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="B12">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C12">
         <v>-1</v>
       </c>
       <c r="D12">
-        <v>-6</v>
+        <v>-4</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>T19</v>
+        <v>T16</v>
       </c>
       <c r="G12">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="H12" t="str">
-        <v>Nick McBrearty</v>
+        <v>Tim Stewart</v>
       </c>
       <c r="I12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J12">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>291336</v>
+        <v>61</v>
       </c>
       <c r="L12" t="str">
-        <v>mcbnz01</v>
+        <v>eltimmo</v>
       </c>
       <c r="M12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R12">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="S12">
         <v>4</v>
       </c>
       <c r="T12">
         <v>4</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
       <c r="AE12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AF12">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
-        <v>T7</v>
+        <v>T8</v>
       </c>
       <c r="B13">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C13">
         <v>-1</v>
       </c>
       <c r="D13">
-        <v>-10</v>
+        <v>-6</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>T25</v>
+        <v>T20</v>
       </c>
       <c r="G13">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H13" t="str">
-        <v xml:space="preserve">Andrew cottrell </v>
+        <v>Nick McBrearty</v>
       </c>
       <c r="I13">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="J13">
-        <v>67</v>
+        <v>63</v>
+      </c>
+      <c r="K13">
+        <v>291336</v>
       </c>
       <c r="L13" t="str">
-        <v>rissca</v>
+        <v>mcbnz01</v>
       </c>
       <c r="M13">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="N13">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P13">
         <v>5</v>
       </c>
       <c r="Q13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R13">
         <v>6</v>
       </c>
       <c r="S13">
         <v>4</v>
       </c>
       <c r="T13">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE13">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AF13">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14">
-      <c r="A14">
-        <v>13</v>
+      <c r="A14" t="str">
+        <v>T8</v>
       </c>
       <c r="B14">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="C14">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="D14">
-        <v>-2</v>
+        <v>-10</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>T12</v>
+        <v>T26</v>
       </c>
       <c r="G14">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="H14" t="str">
-        <v>Matt Brown</v>
+        <v xml:space="preserve">Andrew cottrell </v>
       </c>
       <c r="I14">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="J14">
-        <v>60</v>
-[...2 lines deleted...]
-        <v>304968</v>
+        <v>67</v>
       </c>
       <c r="L14" t="str">
-        <v>mtbro1</v>
+        <v>rissca</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="N14">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="O14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Q14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U14">
         <v>4</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>3</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" t="str">
-        <v>T14</v>
+      <c r="A15">
+        <v>14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D15">
-        <v>7</v>
+        <v>-2</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
-        <v>2</v>
+        <v>T13</v>
       </c>
       <c r="G15">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="H15" t="str">
-        <v>Duane Fisher</v>
+        <v>Matt Brown</v>
       </c>
       <c r="I15">
-        <v>-6</v>
+        <v>2</v>
       </c>
       <c r="J15">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="K15">
-        <v>193239</v>
+        <v>304968</v>
       </c>
       <c r="L15" t="str">
-        <v>duneslayer</v>
+        <v>mtbro1</v>
       </c>
       <c r="M15">
-        <v>-6</v>
+        <v>2</v>
       </c>
       <c r="N15">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="O15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q15">
         <v>3</v>
       </c>
       <c r="R15">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="S15">
         <v>4</v>
       </c>
       <c r="T15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>4</v>
       </c>
       <c r="V15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>3</v>
       </c>
       <c r="Y15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
         <v>3</v>
       </c>
       <c r="AB15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
-        <v>T14</v>
+        <v>T15</v>
       </c>
       <c r="B16">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C16">
         <v>1</v>
       </c>
       <c r="D16">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
-        <v>T4</v>
+        <v>2</v>
       </c>
       <c r="G16">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="H16" t="str">
-        <v>Mark paku</v>
+        <v>Duane Fisher</v>
       </c>
       <c r="I16">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="J16">
-        <v>56</v>
+        <v>52</v>
+      </c>
+      <c r="K16">
+        <v>193239</v>
       </c>
       <c r="L16" t="str">
-        <v>hardyards</v>
+        <v>duneslayer</v>
       </c>
       <c r="M16">
-        <v>-2</v>
+        <v>-6</v>
       </c>
       <c r="N16">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q16">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R16">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="S16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T16">
         <v>2</v>
       </c>
       <c r="U16">
         <v>4</v>
       </c>
       <c r="V16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
         <v>3</v>
       </c>
       <c r="Y16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z16">
         <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
       <c r="AC16">
         <v>2</v>
       </c>
       <c r="AD16">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE16">
         <v>2</v>
       </c>
       <c r="AF16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
-        <v>T14</v>
+        <v>T15</v>
       </c>
       <c r="B17">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C17">
         <v>1</v>
       </c>
       <c r="D17">
-        <v>-6</v>
+        <v>3</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
-        <v>T22</v>
+        <v>T4</v>
       </c>
       <c r="G17">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="H17" t="str">
-        <v>Ross Evans</v>
+        <v>Mark paku</v>
       </c>
       <c r="I17">
-        <v>7</v>
+        <v>-2</v>
       </c>
       <c r="J17">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>311887</v>
+        <v>56</v>
       </c>
       <c r="L17" t="str">
-        <v>aggroandy1978</v>
+        <v>hardyards</v>
       </c>
       <c r="M17">
-        <v>7</v>
+        <v>-2</v>
       </c>
       <c r="N17">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>4</v>
       </c>
       <c r="Q17">
         <v>4</v>
       </c>
       <c r="R17">
         <v>5</v>
       </c>
       <c r="S17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U17">
         <v>4</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
         <v>3</v>
       </c>
       <c r="X17">
         <v>3</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
         <v>3</v>
       </c>
       <c r="AA17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
       <c r="AC17">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD17">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF17">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
-        <v>T17</v>
+        <v>T15</v>
       </c>
       <c r="B18">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C18">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D18">
-        <v>0</v>
+        <v>-6</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
-        <v>T12</v>
+        <v>T23</v>
       </c>
       <c r="G18">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="H18" t="str">
-        <v>Simon Edwards</v>
+        <v>Ross Evans</v>
       </c>
       <c r="I18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="J18">
-        <v>60</v>
+        <v>65</v>
+      </c>
+      <c r="K18">
+        <v>311887</v>
       </c>
       <c r="L18" t="str">
-        <v>simonpieman</v>
+        <v>aggroandy1978</v>
       </c>
       <c r="M18">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="N18">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Q18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R18">
         <v>5</v>
       </c>
       <c r="S18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U18">
         <v>4</v>
       </c>
       <c r="V18">
         <v>3</v>
       </c>
       <c r="W18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X18">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z18">
         <v>3</v>
       </c>
       <c r="AA18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
       <c r="AC18">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE18">
         <v>3</v>
       </c>
       <c r="AF18">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
-        <v>T17</v>
+        <v>T15</v>
       </c>
       <c r="B19">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="C19">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D19">
-        <v>-1</v>
+        <v>-18</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
-        <v>T15</v>
+        <v>30</v>
       </c>
       <c r="G19">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="H19" t="str">
-        <v xml:space="preserve">Josh Corolla </v>
+        <v>Greg Scaber</v>
       </c>
       <c r="I19">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="J19">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>311167</v>
+        <v>77</v>
       </c>
       <c r="L19" t="str">
-        <v>krolla25</v>
+        <v>gregscaber</v>
       </c>
       <c r="M19">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="N19">
-        <v>61</v>
+        <v>77</v>
       </c>
       <c r="O19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P19">
         <v>5</v>
       </c>
       <c r="Q19">
         <v>3</v>
       </c>
       <c r="R19">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="S19">
         <v>4</v>
       </c>
       <c r="T19">
         <v>3</v>
       </c>
       <c r="U19">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V19">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X19">
         <v>4</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AD19">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AE19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
-        <v>T17</v>
+        <v>T19</v>
       </c>
       <c r="B20">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C20">
         <v>2</v>
       </c>
       <c r="D20">
-        <v>-2</v>
+        <v>0</v>
       </c>
       <c r="E20" t="str">
         <v>GEN</v>
       </c>
       <c r="F20" t="str">
-        <v>18</v>
+        <v>T13</v>
       </c>
       <c r="G20">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="H20" t="str">
-        <v>Ash</v>
+        <v>Simon Edwards</v>
       </c>
       <c r="I20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="J20">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="L20" t="str">
-        <v>ashpoipoi</v>
+        <v>simonpieman</v>
       </c>
       <c r="M20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="N20">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R20">
         <v>5</v>
       </c>
       <c r="S20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
         <v>4</v>
       </c>
       <c r="V20">
         <v>3</v>
       </c>
       <c r="W20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X20">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y20">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
       <c r="AC20">
         <v>2</v>
       </c>
       <c r="AD20">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE20">
         <v>3</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
-        <v>T20</v>
+        <v>T19</v>
       </c>
       <c r="B21">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D21">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
-        <v>T19</v>
+        <v>T16</v>
       </c>
       <c r="G21">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="H21" t="str">
-        <v>Jade Scott</v>
+        <v xml:space="preserve">Josh Corolla </v>
       </c>
       <c r="I21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J21">
-        <v>63</v>
+        <v>61</v>
+      </c>
+      <c r="K21">
+        <v>311167</v>
       </c>
       <c r="L21" t="str">
-        <v>jscott865</v>
+        <v>jcrolla23</v>
       </c>
       <c r="M21">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="N21">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>5</v>
       </c>
       <c r="Q21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R21">
         <v>5</v>
       </c>
       <c r="S21">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>4</v>
       </c>
       <c r="V21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X21">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
       <c r="AC21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE21">
         <v>3</v>
       </c>
       <c r="AF21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
-        <v>T20</v>
+        <v>T19</v>
       </c>
       <c r="B22">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D22">
-        <v>-6</v>
+        <v>-2</v>
       </c>
       <c r="E22" t="str">
         <v>GEN</v>
       </c>
       <c r="F22" t="str">
-        <v>T25</v>
+        <v>19</v>
       </c>
       <c r="G22">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="H22" t="str">
-        <v>Ants Gray</v>
+        <v>Ash</v>
       </c>
       <c r="I22">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="J22">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="L22" t="str">
-        <v>ants2024</v>
+        <v>ashpoipoi</v>
       </c>
       <c r="M22">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="N22">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>
       <c r="R22">
         <v>5</v>
       </c>
       <c r="S22">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T22">
         <v>3</v>
       </c>
       <c r="U22">
         <v>4</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD22">
         <v>4</v>
       </c>
       <c r="AE22">
         <v>3</v>
       </c>
       <c r="AF22">
         <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
-        <v>T20</v>
+        <v>T22</v>
       </c>
       <c r="B23">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23">
-        <v>-11</v>
+        <v>-2</v>
       </c>
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
-        <v>27</v>
+        <v>T20</v>
       </c>
       <c r="G23">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="H23" t="str">
-        <v>Sarah Kean</v>
+        <v>Jade Scott</v>
       </c>
       <c r="I23">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="J23">
-        <v>72</v>
-[...2 lines deleted...]
-        <v>228495</v>
+        <v>63</v>
       </c>
       <c r="L23" t="str">
-        <v>sarahdisc</v>
+        <v>jscott865</v>
       </c>
       <c r="M23">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="N23">
-        <v>72</v>
+        <v>63</v>
       </c>
       <c r="O23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P23">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q23">
         <v>4</v>
       </c>
       <c r="R23">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="S23">
         <v>5</v>
       </c>
       <c r="T23">
         <v>3</v>
       </c>
       <c r="U23">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="V23">
         <v>3</v>
       </c>
       <c r="W23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA23">
         <v>4</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
       <c r="AC23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD23">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="AE23">
         <v>3</v>
       </c>
       <c r="AF23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
-      <c r="A24">
-        <v>23</v>
+      <c r="A24" t="str">
+        <v>T22</v>
       </c>
       <c r="B24">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="C24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D24">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
-        <v>T15</v>
+        <v>T26</v>
       </c>
       <c r="G24">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="H24" t="str">
-        <v>James Hall</v>
+        <v>Ants Gray</v>
       </c>
       <c r="I24">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="J24">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="L24" t="str">
-        <v>jimbojames</v>
+        <v>ants2024</v>
       </c>
       <c r="M24">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="N24">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>5</v>
       </c>
       <c r="Q24">
         <v>4</v>
       </c>
       <c r="R24">
         <v>5</v>
       </c>
       <c r="S24">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V24">
         <v>3</v>
       </c>
       <c r="W24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25">
-        <v>24</v>
+      <c r="A25" t="str">
+        <v>T22</v>
       </c>
       <c r="B25">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C25">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D25">
-        <v>-18</v>
+        <v>-11</v>
       </c>
       <c r="E25" t="str">
         <v>GEN</v>
       </c>
       <c r="F25" t="str">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G25">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H25" t="str">
-        <v>Laura Shaxon-Poipoi</v>
+        <v>Sarah Kean</v>
       </c>
       <c r="I25">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="J25">
-        <v>81</v>
+        <v>72</v>
+      </c>
+      <c r="K25">
+        <v>228495</v>
       </c>
       <c r="L25" t="str">
-        <v>lojojojo</v>
+        <v>sarahdisc</v>
       </c>
       <c r="M25">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="N25">
-        <v>81</v>
+        <v>72</v>
       </c>
       <c r="O25">
         <v>4</v>
       </c>
       <c r="P25">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="Q25">
+        <v>4</v>
+      </c>
+      <c r="R25">
         <v>6</v>
       </c>
-      <c r="R25">
-[...1 lines deleted...]
-      </c>
       <c r="S25">
         <v>5</v>
       </c>
       <c r="T25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U25">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="V25">
         <v>3</v>
       </c>
       <c r="W25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AB25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AD25">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="AE25">
         <v>3</v>
       </c>
       <c r="AF25">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="26">
-      <c r="A26" t="str">
-        <v>T25</v>
+      <c r="A26">
+        <v>25</v>
       </c>
       <c r="B26">
         <v>25</v>
       </c>
       <c r="C26">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D26">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="E26" t="str">
         <v>GEN</v>
       </c>
       <c r="F26" t="str">
-        <v>T22</v>
+        <v>T16</v>
       </c>
       <c r="G26">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="H26" t="str">
-        <v>Lance Shieffelbien</v>
+        <v>James Hall</v>
       </c>
       <c r="I26">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="J26">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="L26" t="str">
-        <v>sheepbien</v>
+        <v>jimbojames</v>
       </c>
       <c r="M26">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="N26">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="O26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P26">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R26">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="S26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U26">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y26">
         <v>3</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA26">
         <v>3</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
       <c r="AC26">
         <v>3</v>
       </c>
       <c r="AD26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE26">
         <v>4</v>
       </c>
       <c r="AF26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
-      <c r="A27" t="str">
-        <v>T25</v>
+      <c r="A27">
+        <v>26</v>
       </c>
       <c r="B27">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C27">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D27">
-        <v>-10</v>
+        <v>-18</v>
       </c>
       <c r="E27" t="str">
         <v>GEN</v>
       </c>
       <c r="F27" t="str">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="G27">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H27" t="str">
-        <v>Aidan Jeffs</v>
+        <v>Laura Shaxon-Poipoi</v>
       </c>
       <c r="I27">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="J27">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="L27" t="str">
-        <v>kageenzeru</v>
+        <v>lojojojo</v>
       </c>
       <c r="M27">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="N27">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P27">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q27">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="R27">
         <v>5</v>
       </c>
       <c r="S27">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U27">
+        <v>5</v>
+      </c>
+      <c r="V27">
+        <v>3</v>
+      </c>
+      <c r="W27">
+        <v>4</v>
+      </c>
+      <c r="X27">
+        <v>3</v>
+      </c>
+      <c r="Y27">
+        <v>4</v>
+      </c>
+      <c r="Z27">
+        <v>4</v>
+      </c>
+      <c r="AA27">
+        <v>5</v>
+      </c>
+      <c r="AB27">
+        <v>4</v>
+      </c>
+      <c r="AC27">
+        <v>4</v>
+      </c>
+      <c r="AD27">
         <v>6</v>
       </c>
-      <c r="V27">
-[...25 lines deleted...]
-      </c>
       <c r="AE27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
+      <c r="A28" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B28">
+        <v>27</v>
+      </c>
+      <c r="C28">
+        <v>6</v>
+      </c>
+      <c r="D28">
+        <v>-1</v>
+      </c>
       <c r="E28" t="str">
         <v>GEN</v>
       </c>
       <c r="F28" t="str">
-        <v>T12</v>
+        <v>T23</v>
       </c>
       <c r="G28">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="H28" t="str">
-        <v>Iain Marshall</v>
+        <v>Lance Shieffelbien</v>
       </c>
       <c r="I28">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="J28">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="L28" t="str">
-        <v>iainmarshall85</v>
+        <v>sheepbien</v>
       </c>
       <c r="M28">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="N28">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="O28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P28">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q28">
         <v>3</v>
       </c>
       <c r="R28">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="S28">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T28">
         <v>3</v>
       </c>
       <c r="U28">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
         <v>3</v>
       </c>
       <c r="X28">
         <v>3</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
       <c r="AC28">
         <v>3</v>
       </c>
       <c r="AD28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
+      <c r="A29" t="str">
+        <v>T27</v>
+      </c>
+      <c r="B29">
+        <v>27</v>
+      </c>
+      <c r="C29">
+        <v>6</v>
+      </c>
+      <c r="D29">
+        <v>-10</v>
+      </c>
       <c r="E29" t="str">
         <v>GEN</v>
       </c>
       <c r="F29" t="str">
-        <v>T19</v>
+        <v>29</v>
       </c>
       <c r="G29">
-        <v>19</v>
+        <v>29</v>
       </c>
       <c r="H29" t="str">
-        <v>Simon McKay</v>
+        <v>Aidan Jeffs</v>
       </c>
       <c r="I29">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="J29">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>268538</v>
+        <v>74</v>
       </c>
       <c r="L29" t="str">
-        <v>siborg85</v>
+        <v>kageenzeru</v>
       </c>
       <c r="M29">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="N29">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="O29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P29">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="Q29">
         <v>3</v>
       </c>
       <c r="R29">
+        <v>5</v>
+      </c>
+      <c r="S29">
+        <v>4</v>
+      </c>
+      <c r="T29">
+        <v>3</v>
+      </c>
+      <c r="U29">
         <v>6</v>
       </c>
-      <c r="S29">
-[...7 lines deleted...]
-      </c>
       <c r="V29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z29">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
       <c r="AC29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AD29">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF29">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="E30" t="str">
         <v>GEN</v>
       </c>
       <c r="F30" t="str">
-        <v>24</v>
+        <v>T13</v>
       </c>
       <c r="G30">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="H30" t="str">
+        <v>Iain Marshall</v>
+      </c>
+      <c r="I30">
+        <v>2</v>
+      </c>
+      <c r="J30">
+        <v>60</v>
+      </c>
+      <c r="L30" t="str">
+        <v>iainmarshall85</v>
+      </c>
+      <c r="M30">
+        <v>2</v>
+      </c>
+      <c r="N30">
+        <v>60</v>
+      </c>
+      <c r="O30">
+        <v>3</v>
+      </c>
+      <c r="P30">
+        <v>5</v>
+      </c>
+      <c r="Q30">
+        <v>3</v>
+      </c>
+      <c r="R30">
+        <v>4</v>
+      </c>
+      <c r="S30">
+        <v>5</v>
+      </c>
+      <c r="T30">
+        <v>3</v>
+      </c>
+      <c r="U30">
+        <v>4</v>
+      </c>
+      <c r="V30">
+        <v>3</v>
+      </c>
+      <c r="W30">
+        <v>3</v>
+      </c>
+      <c r="X30">
+        <v>3</v>
+      </c>
+      <c r="Y30">
+        <v>3</v>
+      </c>
+      <c r="Z30">
+        <v>3</v>
+      </c>
+      <c r="AA30">
+        <v>3</v>
+      </c>
+      <c r="AB30">
+        <v>3</v>
+      </c>
+      <c r="AC30">
+        <v>3</v>
+      </c>
+      <c r="AD30">
+        <v>3</v>
+      </c>
+      <c r="AE30">
+        <v>3</v>
+      </c>
+      <c r="AF30">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="E31" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F31" t="str">
+        <v>T20</v>
+      </c>
+      <c r="G31">
+        <v>20</v>
+      </c>
+      <c r="H31" t="str">
+        <v>Simon McKay</v>
+      </c>
+      <c r="I31">
+        <v>5</v>
+      </c>
+      <c r="J31">
+        <v>63</v>
+      </c>
+      <c r="K31">
+        <v>268538</v>
+      </c>
+      <c r="L31" t="str">
+        <v>siborg85</v>
+      </c>
+      <c r="M31">
+        <v>5</v>
+      </c>
+      <c r="N31">
+        <v>63</v>
+      </c>
+      <c r="O31">
+        <v>4</v>
+      </c>
+      <c r="P31">
+        <v>7</v>
+      </c>
+      <c r="Q31">
+        <v>3</v>
+      </c>
+      <c r="R31">
+        <v>6</v>
+      </c>
+      <c r="S31">
+        <v>3</v>
+      </c>
+      <c r="T31">
+        <v>3</v>
+      </c>
+      <c r="U31">
+        <v>5</v>
+      </c>
+      <c r="V31">
+        <v>2</v>
+      </c>
+      <c r="W31">
+        <v>3</v>
+      </c>
+      <c r="X31">
+        <v>3</v>
+      </c>
+      <c r="Y31">
+        <v>3</v>
+      </c>
+      <c r="Z31">
+        <v>4</v>
+      </c>
+      <c r="AA31">
+        <v>3</v>
+      </c>
+      <c r="AB31">
+        <v>3</v>
+      </c>
+      <c r="AC31">
+        <v>3</v>
+      </c>
+      <c r="AD31">
+        <v>2</v>
+      </c>
+      <c r="AE31">
+        <v>3</v>
+      </c>
+      <c r="AF31">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="E32" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F32" t="str">
+        <v>25</v>
+      </c>
+      <c r="G32">
+        <v>25</v>
+      </c>
+      <c r="H32" t="str">
         <v>David Frost</v>
       </c>
-      <c r="I30">
+      <c r="I32">
         <v>8</v>
       </c>
-      <c r="J30">
+      <c r="J32">
         <v>66</v>
       </c>
-      <c r="K30">
+      <c r="K32">
         <v>244977</v>
       </c>
-      <c r="L30" t="str">
+      <c r="L32" t="str">
         <v>frostydj</v>
       </c>
-      <c r="M30">
+      <c r="M32">
         <v>8</v>
       </c>
-      <c r="N30">
+      <c r="N32">
         <v>66</v>
       </c>
-      <c r="O30">
-[...8 lines deleted...]
-      <c r="R30">
+      <c r="O32">
+        <v>3</v>
+      </c>
+      <c r="P32">
+        <v>5</v>
+      </c>
+      <c r="Q32">
+        <v>5</v>
+      </c>
+      <c r="R32">
         <v>6</v>
       </c>
-      <c r="S30">
-[...39 lines deleted...]
-        <v>4</v>
+      <c r="S32">
+        <v>4</v>
+      </c>
+      <c r="T32">
+        <v>3</v>
+      </c>
+      <c r="U32">
+        <v>4</v>
+      </c>
+      <c r="V32">
+        <v>3</v>
+      </c>
+      <c r="W32">
+        <v>3</v>
+      </c>
+      <c r="X32">
+        <v>3</v>
+      </c>
+      <c r="Y32">
+        <v>3</v>
+      </c>
+      <c r="Z32">
+        <v>5</v>
+      </c>
+      <c r="AA32">
+        <v>2</v>
+      </c>
+      <c r="AB32">
+        <v>3</v>
+      </c>
+      <c r="AC32">
+        <v>3</v>
+      </c>
+      <c r="AD32">
+        <v>4</v>
+      </c>
+      <c r="AE32">
+        <v>3</v>
+      </c>
+      <c r="AF32">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="C33">
+        <v>-4</v>
+      </c>
+      <c r="D33">
+        <v>-6</v>
+      </c>
+      <c r="E33" t="str">
+        <v>GEN</v>
+      </c>
+      <c r="F33" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="H33" t="str">
+        <v>Aleck Pons</v>
+      </c>
+      <c r="I33">
+        <v>2</v>
+      </c>
+      <c r="J33">
+        <v>60</v>
+      </c>
+      <c r="L33" t="str">
+        <v>udedadude</v>
+      </c>
+      <c r="M33">
+        <v>2</v>
+      </c>
+      <c r="N33">
+        <v>60</v>
+      </c>
+      <c r="O33">
+        <v>3</v>
+      </c>
+      <c r="P33">
+        <v>4</v>
+      </c>
+      <c r="Q33">
+        <v>3</v>
+      </c>
+      <c r="R33">
+        <v>4</v>
+      </c>
+      <c r="S33">
+        <v>4</v>
+      </c>
+      <c r="T33">
+        <v>4</v>
+      </c>
+      <c r="U33">
+        <v>4</v>
+      </c>
+      <c r="V33">
+        <v>4</v>
+      </c>
+      <c r="W33">
+        <v>3</v>
+      </c>
+      <c r="X33">
+        <v>3</v>
+      </c>
+      <c r="Y33">
+        <v>3</v>
+      </c>
+      <c r="Z33">
+        <v>3</v>
+      </c>
+      <c r="AA33">
+        <v>3</v>
+      </c>
+      <c r="AB33">
+        <v>3</v>
+      </c>
+      <c r="AC33">
+        <v>3</v>
+      </c>
+      <c r="AD33">
+        <v>3</v>
+      </c>
+      <c r="AE33">
+        <v>3</v>
+      </c>
+      <c r="AF33">
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AF30"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AF33"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 