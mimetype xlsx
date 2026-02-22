--- v1 (2026-01-31)
+++ v2 (2026-02-22)
@@ -2606,50 +2606,53 @@
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23">
         <v>-2</v>
       </c>
       <c r="E23" t="str">
         <v>GEN</v>
       </c>
       <c r="F23" t="str">
         <v>T20</v>
       </c>
       <c r="G23">
         <v>20</v>
       </c>
       <c r="H23" t="str">
         <v>Jade Scott</v>
       </c>
       <c r="I23">
         <v>5</v>
       </c>
       <c r="J23">
         <v>63</v>
       </c>
+      <c r="K23">
+        <v>314962</v>
+      </c>
       <c r="L23" t="str">
         <v>jscott865</v>
       </c>
       <c r="M23">
         <v>5</v>
       </c>
       <c r="N23">
         <v>63</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">
         <v>5</v>
       </c>
       <c r="Q23">
         <v>4</v>
       </c>
       <c r="R23">
         <v>5</v>
       </c>
       <c r="S23">
         <v>5</v>
       </c>
       <c r="T23">
@@ -2700,50 +2703,53 @@
         <v>22</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24">
         <v>-6</v>
       </c>
       <c r="E24" t="str">
         <v>GEN</v>
       </c>
       <c r="F24" t="str">
         <v>T26</v>
       </c>
       <c r="G24">
         <v>26</v>
       </c>
       <c r="H24" t="str">
         <v>Ants Gray</v>
       </c>
       <c r="I24">
         <v>9</v>
       </c>
       <c r="J24">
         <v>67</v>
+      </c>
+      <c r="K24">
+        <v>313930</v>
       </c>
       <c r="L24" t="str">
         <v>ants2024</v>
       </c>
       <c r="M24">
         <v>9</v>
       </c>
       <c r="N24">
         <v>67</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">
         <v>5</v>
       </c>
       <c r="Q24">
         <v>4</v>
       </c>
       <c r="R24">
         <v>5</v>
       </c>
       <c r="S24">
         <v>5</v>
       </c>