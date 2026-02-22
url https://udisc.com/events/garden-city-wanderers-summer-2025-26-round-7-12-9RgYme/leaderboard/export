--- v0 (2026-01-31)
+++ v1 (2026-02-22)
@@ -964,50 +964,53 @@
       </c>
       <c r="C6">
         <v>-3</v>
       </c>
       <c r="D6">
         <v>-9</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>6</v>
       </c>
       <c r="G6">
         <v>6</v>
       </c>
       <c r="H6" t="str">
         <v>Ants Gray</v>
       </c>
       <c r="I6">
         <v>6</v>
       </c>
       <c r="J6">
         <v>70</v>
       </c>
+      <c r="K6">
+        <v>313930</v>
+      </c>
       <c r="L6" t="str">
         <v>ants2024</v>
       </c>
       <c r="M6">
         <v>6</v>
       </c>
       <c r="N6">
         <v>70</v>
       </c>
       <c r="O6">
         <v>4</v>
       </c>
       <c r="P6">
         <v>6</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>5</v>
       </c>
       <c r="S6">
         <v>2</v>
       </c>
       <c r="T6">
@@ -1254,50 +1257,53 @@
         <v>8</v>
       </c>
       <c r="C9">
         <v>2</v>
       </c>
       <c r="D9">
         <v>-9</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>12</v>
       </c>
       <c r="G9">
         <v>12</v>
       </c>
       <c r="H9" t="str">
         <v>Jade Scott</v>
       </c>
       <c r="I9">
         <v>11</v>
       </c>
       <c r="J9">
         <v>75</v>
+      </c>
+      <c r="K9">
+        <v>314962</v>
       </c>
       <c r="L9" t="str">
         <v>jscott865</v>
       </c>
       <c r="M9">
         <v>11</v>
       </c>
       <c r="N9">
         <v>75</v>
       </c>
       <c r="O9">
         <v>4</v>
       </c>
       <c r="P9">
         <v>7</v>
       </c>
       <c r="Q9">
         <v>3</v>
       </c>
       <c r="R9">
         <v>5</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>