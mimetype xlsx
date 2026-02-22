--- v0 (2026-01-31)
+++ v1 (2026-02-22)
@@ -1252,50 +1252,53 @@
       </c>
       <c r="C9">
         <v>-3</v>
       </c>
       <c r="D9">
         <v>0</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
         <v>T5</v>
       </c>
       <c r="G9">
         <v>5</v>
       </c>
       <c r="H9" t="str">
         <v>Deliver-Ants</v>
       </c>
       <c r="I9">
         <v>-3</v>
       </c>
       <c r="J9">
         <v>51</v>
       </c>
+      <c r="K9">
+        <v>313930</v>
+      </c>
       <c r="L9" t="str">
         <v>ants2024</v>
       </c>
       <c r="M9">
         <v>-3</v>
       </c>
       <c r="N9">
         <v>51</v>
       </c>
       <c r="O9">
         <v>2</v>
       </c>
       <c r="P9">
         <v>3</v>
       </c>
       <c r="Q9">
         <v>2</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
@@ -2118,50 +2121,53 @@
         <v>16</v>
       </c>
       <c r="C18">
         <v>0</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
         <v>T10</v>
       </c>
       <c r="G18">
         <v>10</v>
       </c>
       <c r="H18" t="str">
         <v>Jade Scott</v>
       </c>
       <c r="I18">
         <v>0</v>
       </c>
       <c r="J18">
         <v>54</v>
+      </c>
+      <c r="K18">
+        <v>314962</v>
       </c>
       <c r="L18" t="str">
         <v>jscott865</v>
       </c>
       <c r="M18">
         <v>0</v>
       </c>
       <c r="N18">
         <v>54</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
         <v>3</v>
       </c>
       <c r="Q18">
         <v>4</v>
       </c>
       <c r="R18">
         <v>3</v>
       </c>
       <c r="S18">
         <v>3</v>
       </c>