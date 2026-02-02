--- v0 (2026-01-12)
+++ v1 (2026-02-02)
@@ -2454,50 +2454,53 @@
         <v>3</v>
       </c>
       <c r="X24">
         <v>3</v>
       </c>
       <c r="Y24">
         <v>3</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
       <c r="AC24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>Gen</v>
       </c>
+      <c r="B25" t="str">
+        <v>DNF</v>
+      </c>
       <c r="D25" t="str">
         <v>Scott Mehalko &amp; Chris Pepperling</v>
       </c>
       <c r="F25">
         <v>0</v>
       </c>
       <c r="G25">
         <v>0</v>
       </c>
       <c r="I25" t="str">
         <v>scottmehalko,pepper15024</v>
       </c>
       <c r="J25">
         <v>0</v>
       </c>
       <c r="K25">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC25"/>
   </ignoredErrors>
 </worksheet>
 </file>