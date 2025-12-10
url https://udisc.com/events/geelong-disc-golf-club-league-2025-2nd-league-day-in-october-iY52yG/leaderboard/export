--- v0 (2025-10-23)
+++ v1 (2025-12-10)
@@ -869,50 +869,53 @@
       </c>
       <c r="C5">
         <v>-6</v>
       </c>
       <c r="D5">
         <v>-9</v>
       </c>
       <c r="E5" t="str">
         <v>Gen</v>
       </c>
       <c r="F5" t="str">
         <v>T4</v>
       </c>
       <c r="G5">
         <v>4</v>
       </c>
       <c r="H5" t="str">
         <v>Richard Lewis-Shell</v>
       </c>
       <c r="I5">
         <v>3</v>
       </c>
       <c r="J5">
         <v>64</v>
       </c>
+      <c r="K5">
+        <v>297939</v>
+      </c>
       <c r="L5" t="str">
         <v>richat6</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>64</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>4</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">