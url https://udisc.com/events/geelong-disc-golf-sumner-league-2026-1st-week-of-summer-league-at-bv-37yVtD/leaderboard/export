--- v0 (2026-01-11)
+++ v1 (2026-02-01)
@@ -1329,51 +1329,51 @@
       </c>
     </row>
     <row r="11">
       <c r="E11" t="str">
         <v>Gen</v>
       </c>
       <c r="F11" t="str">
         <v>10</v>
       </c>
       <c r="G11">
         <v>10</v>
       </c>
       <c r="H11" t="str">
         <v>Terry Bohan</v>
       </c>
       <c r="I11">
         <v>0</v>
       </c>
       <c r="J11">
         <v>57</v>
       </c>
       <c r="K11">
         <v>114128</v>
       </c>
       <c r="L11" t="str">
-        <v>discgolfterry</v>
+        <v>terrybohan</v>
       </c>
       <c r="M11">
         <v>0</v>
       </c>
       <c r="N11">
         <v>57</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>
       <c r="P11">
         <v>2</v>
       </c>
       <c r="Q11">
         <v>3</v>
       </c>
       <c r="R11">
         <v>3</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>