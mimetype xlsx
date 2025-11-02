--- v0 (2025-10-04)
+++ v1 (2025-11-02)
@@ -552,104 +552,128 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Thaddeus Kingston</v>
       </c>
       <c r="E2">
         <v>4</v>
       </c>
       <c r="F2">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="G2">
         <v>2</v>
       </c>
       <c r="H2">
         <v>222002</v>
       </c>
       <c r="I2" t="str">
         <v>frankingston</v>
       </c>
       <c r="J2">
         <v>4</v>
       </c>
       <c r="K2">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="L2">
         <v>3</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>4</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>4</v>
       </c>
       <c r="T2">
         <v>5</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>4</v>
       </c>
       <c r="X2">
         <v>3</v>
       </c>
       <c r="Y2">
         <v>5</v>
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
         <v>4</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
+      </c>
+      <c r="B3" t="str">
+        <v>DNF</v>
       </c>
       <c r="D3" t="str">
         <v>Michael Dzwonczyk</v>
       </c>
       <c r="E3">
         <v>0</v>
       </c>
       <c r="F3">
         <v>0</v>
       </c>
       <c r="G3">
         <v>1</v>
       </c>
       <c r="I3" t="str">
         <v>swimmerboy421</v>
       </c>
       <c r="J3">
         <v>0</v>
       </c>
       <c r="K3">
         <v>0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">