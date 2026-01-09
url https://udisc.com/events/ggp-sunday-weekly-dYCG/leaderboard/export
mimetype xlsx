--- v0 (2025-10-20)
+++ v1 (2026-01-09)
@@ -4910,280 +4910,283 @@
       </c>
       <c r="Y52">
         <v>4</v>
       </c>
       <c r="Z52">
         <v>3</v>
       </c>
       <c r="AA52">
         <v>3</v>
       </c>
       <c r="AB52">
         <v>4</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="str">
         <v>GEN</v>
       </c>
       <c r="B53" t="str">
         <v>T50</v>
       </c>
       <c r="C53">
         <v>50</v>
       </c>
       <c r="D53" t="str">
-        <v>Ailan Presburger</v>
+        <v>Will Govier</v>
       </c>
       <c r="E53">
         <v>1</v>
       </c>
       <c r="F53">
         <v>55</v>
       </c>
+      <c r="G53">
+        <v>256462</v>
+      </c>
       <c r="H53" t="str">
-        <v>ailan2000</v>
+        <v>wrgovier</v>
       </c>
       <c r="I53">
         <v>1</v>
       </c>
       <c r="J53">
         <v>55</v>
       </c>
       <c r="K53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M53">
         <v>3</v>
       </c>
       <c r="N53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O53">
         <v>4</v>
       </c>
       <c r="P53">
         <v>3</v>
       </c>
       <c r="Q53">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R53">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T53">
         <v>3</v>
       </c>
       <c r="U53">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V53">
         <v>3</v>
       </c>
       <c r="W53">
         <v>2</v>
       </c>
       <c r="X53">
         <v>3</v>
       </c>
       <c r="Y53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z53">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA53">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AB53">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="str">
         <v>GEN</v>
       </c>
       <c r="B54" t="str">
         <v>T50</v>
       </c>
       <c r="C54">
         <v>50</v>
       </c>
       <c r="D54" t="str">
-        <v>Chris Alreck</v>
+        <v>Ailan Presburger</v>
       </c>
       <c r="E54">
         <v>1</v>
       </c>
       <c r="F54">
         <v>55</v>
       </c>
       <c r="H54" t="str">
-        <v>christophalreck</v>
+        <v>ailan2000</v>
       </c>
       <c r="I54">
         <v>1</v>
       </c>
       <c r="J54">
         <v>55</v>
       </c>
       <c r="K54">
         <v>3</v>
       </c>
       <c r="L54">
         <v>2</v>
       </c>
       <c r="M54">
         <v>3</v>
       </c>
       <c r="N54">
         <v>3</v>
       </c>
       <c r="O54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P54">
         <v>3</v>
       </c>
       <c r="Q54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R54">
         <v>3</v>
       </c>
       <c r="S54">
         <v>3</v>
       </c>
       <c r="T54">
         <v>3</v>
       </c>
       <c r="U54">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V54">
         <v>3</v>
       </c>
       <c r="W54">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X54">
         <v>3</v>
       </c>
       <c r="Y54">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z54">
         <v>3</v>
       </c>
       <c r="AA54">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AB54">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="str">
         <v>GEN</v>
       </c>
       <c r="B55" t="str">
         <v>T50</v>
       </c>
       <c r="C55">
         <v>50</v>
       </c>
       <c r="D55" t="str">
-        <v>Will Govier</v>
+        <v>Chris Alreck</v>
       </c>
       <c r="E55">
         <v>1</v>
       </c>
       <c r="F55">
         <v>55</v>
       </c>
       <c r="H55" t="str">
-        <v>wrgovier</v>
+        <v>christophalreck</v>
       </c>
       <c r="I55">
         <v>1</v>
       </c>
       <c r="J55">
         <v>55</v>
       </c>
       <c r="K55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L55">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M55">
         <v>3</v>
       </c>
       <c r="N55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P55">
         <v>3</v>
       </c>
       <c r="Q55">
         <v>3</v>
       </c>
       <c r="R55">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T55">
         <v>3</v>
       </c>
       <c r="U55">
         <v>5</v>
       </c>
       <c r="V55">
         <v>3</v>
       </c>
       <c r="W55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X55">
         <v>3</v>
       </c>
       <c r="Y55">
         <v>3</v>
       </c>
       <c r="Z55">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA55">
         <v>3</v>
       </c>
       <c r="AB55">
         <v>3</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="str">
         <v>GEN</v>
       </c>
       <c r="B56" t="str">
         <v>T55</v>
       </c>
       <c r="C56">
         <v>55</v>
       </c>
       <c r="D56" t="str">
         <v>Sean Jack</v>
       </c>
       <c r="E56">
         <v>2</v>
       </c>
       <c r="F56">
@@ -7463,286 +7466,289 @@
       </c>
       <c r="Y82">
         <v>4</v>
       </c>
       <c r="Z82">
         <v>3</v>
       </c>
       <c r="AA82">
         <v>4</v>
       </c>
       <c r="AB82">
         <v>5</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="str">
         <v>GEN</v>
       </c>
       <c r="B83" t="str">
         <v>T78</v>
       </c>
       <c r="C83">
         <v>78</v>
       </c>
       <c r="D83" t="str">
-        <v xml:space="preserve">Alberto Perez </v>
+        <v xml:space="preserve">Life Gibson </v>
       </c>
       <c r="E83">
         <v>7</v>
       </c>
       <c r="F83">
         <v>61</v>
       </c>
+      <c r="G83">
+        <v>297917</v>
+      </c>
       <c r="H83" t="str">
-        <v>beto1581</v>
+        <v>lifegibson</v>
       </c>
       <c r="I83">
         <v>7</v>
       </c>
       <c r="J83">
         <v>61</v>
       </c>
       <c r="K83">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L83">
         <v>3</v>
       </c>
       <c r="M83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O83">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P83">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R83">
         <v>3</v>
       </c>
       <c r="S83">
         <v>3</v>
       </c>
       <c r="T83">
         <v>3</v>
       </c>
       <c r="U83">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V83">
         <v>3</v>
       </c>
       <c r="W83">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X83">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y83">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z83">
         <v>3</v>
       </c>
       <c r="AA83">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AB83">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="str">
         <v>GEN</v>
       </c>
       <c r="B84" t="str">
         <v>T78</v>
       </c>
       <c r="C84">
         <v>78</v>
       </c>
       <c r="D84" t="str">
-        <v>Gerald McPartland</v>
+        <v xml:space="preserve">Alberto Perez </v>
       </c>
       <c r="E84">
         <v>7</v>
       </c>
       <c r="F84">
         <v>61</v>
       </c>
       <c r="H84" t="str">
-        <v>gees510</v>
+        <v>beto1581</v>
       </c>
       <c r="I84">
         <v>7</v>
       </c>
       <c r="J84">
         <v>61</v>
       </c>
       <c r="K84">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L84">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O84">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P84">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R84">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S84">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T84">
         <v>3</v>
       </c>
       <c r="U84">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V84">
         <v>3</v>
       </c>
       <c r="W84">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X84">
         <v>5</v>
       </c>
       <c r="Y84">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z84">
         <v>3</v>
       </c>
       <c r="AA84">
         <v>4</v>
       </c>
       <c r="AB84">
         <v>3</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="str">
         <v>GEN</v>
       </c>
       <c r="B85" t="str">
         <v>T78</v>
       </c>
       <c r="C85">
         <v>78</v>
       </c>
       <c r="D85" t="str">
-        <v xml:space="preserve">Life Gibson </v>
+        <v>Gerald McPartland</v>
       </c>
       <c r="E85">
         <v>7</v>
       </c>
       <c r="F85">
         <v>61</v>
       </c>
       <c r="H85" t="str">
-        <v>lifegibson</v>
+        <v>gees510</v>
       </c>
       <c r="I85">
         <v>7</v>
       </c>
       <c r="J85">
         <v>61</v>
       </c>
       <c r="K85">
         <v>3</v>
       </c>
       <c r="L85">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M85">
         <v>3</v>
       </c>
       <c r="N85">
         <v>3</v>
       </c>
       <c r="O85">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P85">
         <v>3</v>
       </c>
       <c r="Q85">
         <v>3</v>
       </c>
       <c r="R85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S85">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T85">
         <v>3</v>
       </c>
       <c r="U85">
         <v>3</v>
       </c>
       <c r="V85">
         <v>3</v>
       </c>
       <c r="W85">
         <v>3</v>
       </c>
       <c r="X85">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y85">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Z85">
         <v>3</v>
       </c>
       <c r="AA85">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB85">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="str">
         <v>GEN</v>
       </c>
       <c r="B86" t="str">
         <v>T85</v>
       </c>
       <c r="C86">
         <v>85</v>
       </c>
       <c r="D86" t="str">
         <v>Shawn Mercy</v>
       </c>
       <c r="E86">
         <v>8</v>
       </c>
       <c r="F86">
         <v>62</v>
       </c>
       <c r="G86">
         <v>53179</v>
       </c>
       <c r="H86" t="str">