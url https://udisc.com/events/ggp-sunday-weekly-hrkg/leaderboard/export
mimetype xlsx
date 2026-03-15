--- v0 (2025-10-20)
+++ v1 (2026-03-15)
@@ -9149,50 +9149,53 @@
         <v>3</v>
       </c>
       <c r="AB102">
         <v>4</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="str">
         <v>GEN</v>
       </c>
       <c r="B103" t="str">
         <v>T101</v>
       </c>
       <c r="C103">
         <v>101</v>
       </c>
       <c r="D103" t="str">
         <v>Jason Kulchinsky</v>
       </c>
       <c r="E103">
         <v>13</v>
       </c>
       <c r="F103">
         <v>69</v>
       </c>
+      <c r="G103">
+        <v>303162</v>
+      </c>
       <c r="H103" t="str">
         <v>draconsky</v>
       </c>
       <c r="I103">
         <v>13</v>
       </c>
       <c r="J103">
         <v>69</v>
       </c>
       <c r="K103">
         <v>4</v>
       </c>
       <c r="L103">
         <v>4</v>
       </c>
       <c r="M103">
         <v>4</v>
       </c>
       <c r="N103">
         <v>3</v>
       </c>
       <c r="O103">
         <v>5</v>
       </c>
       <c r="P103">