--- v0 (2025-11-09)
+++ v1 (2025-12-21)
@@ -642,50 +642,53 @@
         <v>55</v>
       </c>
       <c r="L5">
         <v>52</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Dominic Meadowcroft</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>110</v>
       </c>
+      <c r="G6">
+        <v>318582</v>
+      </c>
       <c r="H6" t="str">
         <v>coolcoolcool</v>
       </c>
       <c r="I6">
         <v>0</v>
       </c>
       <c r="J6">
         <v>-3</v>
       </c>
       <c r="K6">
         <v>55</v>
       </c>
       <c r="L6">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>T6</v>
       </c>
       <c r="C7">
         <v>6</v>
@@ -1542,50 +1545,53 @@
         <v>2</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T5</v>
       </c>
       <c r="C8">
         <v>5</v>
       </c>
       <c r="D8" t="str">
         <v>Dominic Meadowcroft</v>
       </c>
       <c r="E8">
         <v>0</v>
       </c>
       <c r="F8">
         <v>55</v>
       </c>
+      <c r="G8">
+        <v>318582</v>
+      </c>
       <c r="H8" t="str">
         <v>coolcoolcool</v>
       </c>
       <c r="I8">
         <v>0</v>
       </c>
       <c r="J8">
         <v>55</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>4</v>
       </c>
       <c r="M8">
         <v>3</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>4</v>
       </c>
       <c r="P8">
@@ -2440,50 +2446,53 @@
         <v>2</v>
       </c>
       <c r="AB5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Dominic Meadowcroft</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>110</v>
       </c>
+      <c r="G6">
+        <v>318582</v>
+      </c>
       <c r="H6" t="str">
         <v>coolcoolcool</v>
       </c>
       <c r="I6">
         <v>-3</v>
       </c>
       <c r="J6">
         <v>55</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">