--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -722,50 +722,53 @@
         <v>2</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Dominic Meadowcroft</v>
       </c>
       <c r="E4">
         <v>-1</v>
       </c>
       <c r="F4">
         <v>58</v>
       </c>
+      <c r="G4">
+        <v>318582</v>
+      </c>
       <c r="H4" t="str">
         <v>coolcoolcool</v>
       </c>
       <c r="I4">
         <v>-1</v>
       </c>
       <c r="J4">
         <v>58</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>3</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">