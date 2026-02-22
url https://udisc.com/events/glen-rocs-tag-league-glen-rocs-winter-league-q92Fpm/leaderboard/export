--- v0 (2026-01-11)
+++ v1 (2026-02-22)
@@ -757,54 +757,54 @@
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-2</v>
       </c>
       <c r="D4">
         <v>-12</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>T14</v>
+        <v>T12</v>
       </c>
       <c r="G4">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H4" t="str">
         <v>Sid Snyder</v>
       </c>
       <c r="I4">
         <v>10</v>
       </c>
       <c r="J4">
         <v>69</v>
       </c>
       <c r="L4" t="str">
         <v>sidsnyder</v>
       </c>
       <c r="M4">
         <v>10</v>
       </c>
       <c r="N4">
         <v>69</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
@@ -846,613 +846,613 @@
       </c>
       <c r="AC4">
         <v>4</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>4</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
-        <v>-3</v>
+        <v>-29</v>
       </c>
       <c r="E5" t="str">
-        <v>GEN</v>
+        <v>NLM</v>
       </c>
       <c r="F5" t="str">
         <v>3</v>
       </c>
       <c r="G5">
         <v>3</v>
       </c>
       <c r="H5" t="str">
-        <v>Luke Fringer</v>
+        <v>Dale Beck</v>
       </c>
       <c r="I5">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="J5">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="L5" t="str">
-        <v>lukefringer</v>
+        <v>myst3rykarp</v>
       </c>
       <c r="M5">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="N5">
-        <v>61</v>
+        <v>87</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T5">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="W5">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="X5">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="Y5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AC5">
         <v>4</v>
       </c>
       <c r="AD5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE5">
         <v>3</v>
       </c>
       <c r="AF5">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>T4</v>
       </c>
       <c r="B6">
         <v>4</v>
       </c>
       <c r="C6">
         <v>-1</v>
       </c>
       <c r="D6">
-        <v>-7</v>
+        <v>-3</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>T10</v>
+        <v>3</v>
       </c>
       <c r="G6">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="H6" t="str">
-        <v>Craig Ayers</v>
+        <v>Luke Fringer</v>
       </c>
       <c r="I6">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J6">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>296334</v>
+        <v>61</v>
       </c>
       <c r="L6" t="str">
-        <v>craigly69</v>
+        <v>lukefringer</v>
       </c>
       <c r="M6">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="N6">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>5</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>5</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>4</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF6">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T4</v>
       </c>
       <c r="B7">
         <v>4</v>
       </c>
       <c r="C7">
         <v>-1</v>
       </c>
       <c r="D7">
-        <v>-9</v>
+        <v>-7</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>T12</v>
+        <v>T9</v>
       </c>
       <c r="G7">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="H7" t="str">
-        <v>Charles Haugh</v>
+        <v>Craig Ayers</v>
       </c>
       <c r="I7">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="J7">
-        <v>67</v>
+        <v>65</v>
+      </c>
+      <c r="K7">
+        <v>296334</v>
       </c>
       <c r="L7" t="str">
-        <v>haughc</v>
+        <v>craigly69</v>
       </c>
       <c r="M7">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="N7">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S7">
         <v>3</v>
       </c>
       <c r="T7">
         <v>5</v>
       </c>
       <c r="U7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>T4</v>
       </c>
       <c r="B8">
         <v>4</v>
       </c>
       <c r="C8">
         <v>-1</v>
       </c>
       <c r="D8">
-        <v>-29</v>
+        <v>-9</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G8">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="H8" t="str">
-        <v>Dale Beck</v>
+        <v>Charles Haugh</v>
       </c>
       <c r="I8">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="J8">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="L8" t="str">
-        <v>myst3rykarp</v>
+        <v>haughc</v>
       </c>
       <c r="M8">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="N8">
-        <v>87</v>
+        <v>67</v>
       </c>
       <c r="O8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="Q8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R8">
         <v>4</v>
       </c>
       <c r="S8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="W8">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="X8">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="AA8">
         <v>4</v>
       </c>
       <c r="AB8">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AD8">
         <v>4</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
       <c r="AF8">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>T8</v>
       </c>
       <c r="B9">
         <v>8</v>
       </c>
       <c r="C9">
         <v>0</v>
       </c>
       <c r="D9">
-        <v>3</v>
+        <v>-5</v>
       </c>
       <c r="E9" t="str">
-        <v>GEN</v>
+        <v>NLM</v>
       </c>
       <c r="F9" t="str">
         <v>1</v>
       </c>
       <c r="G9">
         <v>1</v>
       </c>
       <c r="H9" t="str">
-        <v>Taylor Gardner</v>
+        <v>Wil Leist</v>
       </c>
       <c r="I9">
-        <v>-3</v>
+        <v>5</v>
       </c>
       <c r="J9">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="K9">
-        <v>159542</v>
+        <v>140671</v>
       </c>
       <c r="L9" t="str">
-        <v>discanballs</v>
+        <v>bossreaper</v>
       </c>
       <c r="M9">
-        <v>-3</v>
+        <v>5</v>
       </c>
       <c r="N9">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="P9">
         <v>4</v>
       </c>
       <c r="Q9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>4</v>
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
       <c r="AD9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>T8</v>
       </c>
       <c r="B10">
         <v>8</v>
       </c>
       <c r="C10">
         <v>0</v>
       </c>
       <c r="D10">
-        <v>-5</v>
+        <v>3</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>T7</v>
+        <v>1</v>
       </c>
       <c r="G10">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="H10" t="str">
-        <v>Wil Leist</v>
+        <v>Taylor Gardner</v>
       </c>
       <c r="I10">
-        <v>5</v>
+        <v>-3</v>
       </c>
       <c r="J10">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="K10">
-        <v>140671</v>
+        <v>159542</v>
       </c>
       <c r="L10" t="str">
-        <v>bossreaper</v>
+        <v>discanballs</v>
       </c>
       <c r="M10">
-        <v>5</v>
+        <v>-3</v>
       </c>
       <c r="N10">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="O10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="P10">
         <v>4</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S10">
         <v>3</v>
       </c>
       <c r="T10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>4</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC10">
         <v>4</v>
       </c>
       <c r="AD10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>T8</v>
       </c>
       <c r="B11">
         <v>8</v>
       </c>
       <c r="C11">
         <v>0</v>
       </c>
       <c r="D11">
         <v>-5</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
         <v>T7</v>
       </c>
       <c r="G11">
@@ -1627,54 +1627,54 @@
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>2</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>T11</v>
       </c>
       <c r="B13">
         <v>11</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13">
         <v>-15</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="G13">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="H13" t="str">
         <v>Matthew Barrick</v>
       </c>
       <c r="I13">
         <v>16</v>
       </c>
       <c r="J13">
         <v>75</v>
       </c>
       <c r="K13">
         <v>261510</v>
       </c>
       <c r="L13" t="str">
         <v>mbarrick</v>
       </c>
       <c r="M13">
         <v>16</v>
       </c>
       <c r="N13">
         <v>75</v>
       </c>
       <c r="O13">
         <v>4</v>
       </c>
@@ -1725,54 +1725,54 @@
       </c>
       <c r="AE13">
         <v>3</v>
       </c>
       <c r="AF13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>13</v>
       </c>
       <c r="C14">
         <v>2</v>
       </c>
       <c r="D14">
         <v>-11</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G14">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="H14" t="str">
         <v>Alan Zinneman</v>
       </c>
       <c r="I14">
         <v>13</v>
       </c>
       <c r="J14">
         <v>72</v>
       </c>
       <c r="K14">
         <v>246290</v>
       </c>
       <c r="L14" t="str">
         <v>flashz</v>
       </c>
       <c r="M14">
         <v>13</v>
       </c>
       <c r="N14">
         <v>72</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
@@ -2019,54 +2019,54 @@
       </c>
       <c r="AE16">
         <v>3</v>
       </c>
       <c r="AF16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>T14</v>
       </c>
       <c r="B17">
         <v>14</v>
       </c>
       <c r="C17">
         <v>3</v>
       </c>
       <c r="D17">
         <v>-16</v>
       </c>
       <c r="E17" t="str">
         <v>GEN</v>
       </c>
       <c r="F17" t="str">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="G17">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="H17" t="str">
         <v>Travis goodale</v>
       </c>
       <c r="I17">
         <v>19</v>
       </c>
       <c r="J17">
         <v>78</v>
       </c>
       <c r="L17" t="str">
         <v>travis330g</v>
       </c>
       <c r="M17">
         <v>19</v>
       </c>
       <c r="N17">
         <v>78</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>5</v>
       </c>
@@ -2114,54 +2114,54 @@
       </c>
       <c r="AE17">
         <v>3</v>
       </c>
       <c r="AF17">
         <v>4</v>
       </c>
     </row>
     <row r="18">
       <c r="A18">
         <v>17</v>
       </c>
       <c r="B18">
         <v>17</v>
       </c>
       <c r="C18">
         <v>7</v>
       </c>
       <c r="D18">
         <v>1</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="G18">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="H18" t="str">
         <v>Ben Smith</v>
       </c>
       <c r="I18">
         <v>6</v>
       </c>
       <c r="J18">
         <v>65</v>
       </c>
       <c r="K18">
         <v>172558</v>
       </c>
       <c r="L18" t="str">
         <v>bls34900</v>
       </c>
       <c r="M18">
         <v>6</v>
       </c>
       <c r="N18">
         <v>65</v>
       </c>
       <c r="O18">
         <v>5</v>
       </c>
@@ -2212,54 +2212,54 @@
       </c>
       <c r="AE18">
         <v>3</v>
       </c>
       <c r="AF18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19">
         <v>18</v>
       </c>
       <c r="B19">
         <v>18</v>
       </c>
       <c r="C19">
         <v>20</v>
       </c>
       <c r="D19">
         <v>-11</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="G19">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="H19" t="str">
         <v>Sean Mason</v>
       </c>
       <c r="I19">
         <v>31</v>
       </c>
       <c r="J19">
         <v>90</v>
       </c>
       <c r="K19">
         <v>283098</v>
       </c>
       <c r="L19" t="str">
         <v>bismofunyuns</v>
       </c>
       <c r="M19">
         <v>31</v>
       </c>
       <c r="N19">
         <v>90</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
@@ -2295,57 +2295,57 @@
       </c>
       <c r="Z19">
         <v>5</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
         <v>6</v>
       </c>
       <c r="AC19">
         <v>5</v>
       </c>
       <c r="AD19">
         <v>5</v>
       </c>
       <c r="AE19">
         <v>4</v>
       </c>
       <c r="AF19">
         <v>4</v>
       </c>
     </row>
     <row r="20">
       <c r="E20" t="str">
-        <v>GEN</v>
+        <v>NLM</v>
       </c>
       <c r="F20" t="str">
-        <v>T12</v>
+        <v>2</v>
       </c>
       <c r="G20">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="H20" t="str">
         <v xml:space="preserve">Josh Varner </v>
       </c>
       <c r="I20">
         <v>8</v>
       </c>
       <c r="J20">
         <v>67</v>
       </c>
       <c r="L20" t="str">
         <v>lacrosse615</v>
       </c>
       <c r="M20">
         <v>8</v>
       </c>
       <c r="N20">
         <v>67</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>4</v>
       </c>
@@ -2381,102 +2381,108 @@
       </c>
       <c r="AA20">
         <v>4</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
       <c r="AC20">
         <v>3</v>
       </c>
       <c r="AD20">
         <v>3</v>
       </c>
       <c r="AE20">
         <v>3</v>
       </c>
       <c r="AF20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="E21" t="str">
         <v>GEN</v>
       </c>
       <c r="F21" t="str">
-        <v>T14</v>
+        <v>T12</v>
       </c>
       <c r="G21">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="H21" t="str">
         <v>Christopher Abdel-Malak</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21">
-        <v>66</v>
+        <v>69</v>
+      </c>
+      <c r="K21">
+        <v>305083</v>
       </c>
       <c r="L21" t="str">
         <v>cabdelmalak</v>
       </c>
       <c r="M21">
         <v>10</v>
       </c>
       <c r="N21">
-        <v>66</v>
+        <v>69</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
         <v>5</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>3</v>
       </c>
       <c r="S21">
         <v>4</v>
       </c>
       <c r="T21">
         <v>5</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
         <v>4</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
         <v>7</v>
+      </c>
+      <c r="Y21">
+        <v>3</v>
       </c>
       <c r="Z21">
         <v>4</v>
       </c>
       <c r="AA21">
         <v>3</v>
       </c>
       <c r="AB21">
         <v>4</v>
       </c>
       <c r="AC21">
         <v>4</v>
       </c>
       <c r="AD21">
         <v>3</v>
       </c>
       <c r="AE21">
         <v>4</v>
       </c>
       <c r="AF21">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>