--- v0 (2025-12-21)
+++ v1 (2026-02-01)
@@ -858,54 +858,54 @@
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>T3</v>
       </c>
       <c r="B5">
         <v>3</v>
       </c>
       <c r="C5">
         <v>-1</v>
       </c>
       <c r="D5">
         <v>-13</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>T13</v>
+        <v>T14</v>
       </c>
       <c r="G5">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H5" t="str">
         <v>Travis goodale</v>
       </c>
       <c r="I5">
         <v>12</v>
       </c>
       <c r="J5">
         <v>72</v>
       </c>
       <c r="L5" t="str">
         <v>travis330g</v>
       </c>
       <c r="M5">
         <v>12</v>
       </c>
       <c r="N5">
         <v>72</v>
       </c>
       <c r="O5">
         <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
@@ -1045,820 +1045,838 @@
       </c>
       <c r="AC6">
         <v>4</v>
       </c>
       <c r="AD6">
         <v>3</v>
       </c>
       <c r="AE6">
         <v>3</v>
       </c>
       <c r="AF6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>T5</v>
       </c>
       <c r="B7">
         <v>5</v>
       </c>
       <c r="C7">
         <v>0</v>
       </c>
       <c r="D7">
-        <v>-6</v>
+        <v>-12</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>9</v>
+        <v>T14</v>
       </c>
       <c r="G7">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="H7" t="str">
-        <v>Brad Gass</v>
+        <v>Matthew Barrick</v>
       </c>
       <c r="I7">
+        <v>12</v>
+      </c>
+      <c r="J7">
+        <v>72</v>
+      </c>
+      <c r="K7">
+        <v>261510</v>
+      </c>
+      <c r="L7" t="str">
+        <v>mbarrick</v>
+      </c>
+      <c r="M7">
+        <v>12</v>
+      </c>
+      <c r="N7">
+        <v>72</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>5</v>
+      </c>
+      <c r="Q7">
+        <v>5</v>
+      </c>
+      <c r="R7">
+        <v>4</v>
+      </c>
+      <c r="S7">
+        <v>4</v>
+      </c>
+      <c r="T7">
         <v>6</v>
       </c>
-      <c r="J7">
-[...31 lines deleted...]
-      </c>
       <c r="U7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA7">
         <v>4</v>
       </c>
       <c r="AB7">
         <v>4</v>
       </c>
       <c r="AC7">
+        <v>3</v>
+      </c>
+      <c r="AD7">
+        <v>4</v>
+      </c>
+      <c r="AE7">
+        <v>3</v>
+      </c>
+      <c r="AF7">
         <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
-        <v>T5</v>
+        <v>T7</v>
       </c>
       <c r="B8">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D8">
-        <v>-12</v>
+        <v>6</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>T13</v>
+        <v>1</v>
       </c>
       <c r="G8">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="H8" t="str">
-        <v>Matthew Barrick</v>
+        <v>Taylor Gardner</v>
       </c>
       <c r="I8">
-        <v>12</v>
+        <v>-5</v>
       </c>
       <c r="J8">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="K8">
-        <v>261510</v>
+        <v>159542</v>
       </c>
       <c r="L8" t="str">
-        <v>mbarrick</v>
+        <v>discanballs</v>
       </c>
       <c r="M8">
-        <v>12</v>
+        <v>-5</v>
       </c>
       <c r="N8">
-        <v>72</v>
+        <v>55</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P8">
         <v>5</v>
       </c>
       <c r="Q8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T8">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="U8">
         <v>5</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE8">
         <v>3</v>
       </c>
       <c r="AF8">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="B9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C9">
         <v>1</v>
       </c>
       <c r="D9">
-        <v>6</v>
+        <v>-9</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
       <c r="F9" t="str">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="G9">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="H9" t="str">
-        <v>Taylor Gardner</v>
+        <v>Sid Snyder</v>
       </c>
       <c r="I9">
-        <v>-5</v>
+        <v>10</v>
       </c>
       <c r="J9">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>159542</v>
+        <v>70</v>
       </c>
       <c r="L9" t="str">
-        <v>discanballs</v>
+        <v>sidsnyder</v>
       </c>
       <c r="M9">
-        <v>-5</v>
+        <v>10</v>
       </c>
       <c r="N9">
-        <v>55</v>
+        <v>70</v>
       </c>
       <c r="O9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P9">
         <v>5</v>
       </c>
       <c r="Q9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="R9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T9">
         <v>5</v>
       </c>
       <c r="U9">
         <v>5</v>
       </c>
       <c r="V9">
         <v>2</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y9">
         <v>3</v>
       </c>
       <c r="Z9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC9">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="AD9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE9">
         <v>3</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="B10">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="C10">
         <v>1</v>
       </c>
       <c r="D10">
-        <v>-9</v>
+        <v>-12</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
       <c r="F10" t="str">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="G10">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="H10" t="str">
-        <v>Sid Snyder</v>
+        <v>Rick Murray</v>
       </c>
       <c r="I10">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="J10">
-        <v>70</v>
+        <v>73</v>
+      </c>
+      <c r="K10">
+        <v>274149</v>
       </c>
       <c r="L10" t="str">
-        <v>sidsnyder</v>
+        <v>rickmurray</v>
       </c>
       <c r="M10">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="N10">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="O10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P10">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Q10">
         <v>5</v>
       </c>
       <c r="R10">
         <v>3</v>
       </c>
       <c r="S10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T10">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="U10">
         <v>5</v>
       </c>
       <c r="V10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y10">
         <v>3</v>
       </c>
       <c r="Z10">
         <v>4</v>
       </c>
       <c r="AA10">
         <v>4</v>
       </c>
       <c r="AB10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AC10">
         <v>5</v>
       </c>
       <c r="AD10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
-        <v>T8</v>
+        <v>T10</v>
       </c>
       <c r="B11">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D11">
-        <v>-12</v>
+        <v>4</v>
       </c>
       <c r="E11" t="str">
         <v>GEN</v>
       </c>
       <c r="F11" t="str">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="G11">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="H11" t="str">
-        <v>Rick Murray</v>
+        <v>Ben Smith</v>
       </c>
       <c r="I11">
-        <v>13</v>
+        <v>-2</v>
       </c>
       <c r="J11">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="K11">
-        <v>274149</v>
+        <v>172558</v>
       </c>
       <c r="L11" t="str">
-        <v>rickmurray</v>
+        <v>bls34900</v>
       </c>
       <c r="M11">
-        <v>13</v>
+        <v>-2</v>
       </c>
       <c r="N11">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S11">
         <v>3</v>
       </c>
       <c r="T11">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="U11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V11">
         <v>3</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
         <v>3</v>
       </c>
       <c r="Z11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>5</v>
       </c>
       <c r="AC11">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AD11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF11">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
-        <v>T11</v>
+        <v>T10</v>
       </c>
       <c r="B12">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="C12">
         <v>2</v>
       </c>
       <c r="D12">
-        <v>4</v>
+        <v>-6</v>
       </c>
       <c r="E12" t="str">
         <v>GEN</v>
       </c>
       <c r="F12" t="str">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="G12">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H12" t="str">
-        <v>Ben Smith</v>
+        <v>Brad Gass</v>
       </c>
       <c r="I12">
-        <v>-2</v>
+        <v>8</v>
       </c>
       <c r="J12">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="K12">
-        <v>172558</v>
+        <v>248021</v>
       </c>
       <c r="L12" t="str">
-        <v>bls34900</v>
+        <v>brad22</v>
       </c>
       <c r="M12">
-        <v>-2</v>
+        <v>8</v>
       </c>
       <c r="N12">
-        <v>58</v>
+        <v>68</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Q12">
         <v>4</v>
       </c>
       <c r="R12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S12">
         <v>3</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="U12">
         <v>4</v>
       </c>
       <c r="V12">
         <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y12">
         <v>3</v>
       </c>
       <c r="Z12">
         <v>3</v>
       </c>
       <c r="AA12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB12">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AC12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD12">
         <v>4</v>
       </c>
       <c r="AE12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF12">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="13">
-      <c r="A13" t="str">
-        <v>T11</v>
+      <c r="A13">
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D13">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="E13" t="str">
         <v>GEN</v>
       </c>
       <c r="F13" t="str">
+        <v>9</v>
+      </c>
+      <c r="G13">
+        <v>9</v>
+      </c>
+      <c r="H13" t="str">
+        <v>Sam Walker</v>
+      </c>
+      <c r="I13">
+        <v>4</v>
+      </c>
+      <c r="J13">
+        <v>64</v>
+      </c>
+      <c r="L13" t="str">
+        <v>altundra</v>
+      </c>
+      <c r="M13">
+        <v>4</v>
+      </c>
+      <c r="N13">
+        <v>64</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>2</v>
+      </c>
+      <c r="T13">
         <v>7</v>
       </c>
-      <c r="G13">
-[...40 lines deleted...]
-      </c>
       <c r="U13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="V13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB13">
         <v>4</v>
       </c>
       <c r="AC13">
+        <v>5</v>
+      </c>
+      <c r="AD13">
+        <v>3</v>
+      </c>
+      <c r="AE13">
+        <v>3</v>
+      </c>
+      <c r="AF13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14">
         <v>13</v>
       </c>
       <c r="B14">
         <v>13</v>
       </c>
       <c r="C14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D14">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="E14" t="str">
         <v>GEN</v>
       </c>
       <c r="F14" t="str">
         <v>8</v>
       </c>
       <c r="G14">
         <v>8</v>
       </c>
       <c r="H14" t="str">
-        <v>Sam Walker</v>
+        <v>Brendan Gass</v>
       </c>
       <c r="I14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="J14">
-        <v>64</v>
+        <v>63</v>
+      </c>
+      <c r="K14">
+        <v>248020</v>
       </c>
       <c r="L14" t="str">
-        <v>altundra</v>
+        <v>bgass10</v>
       </c>
       <c r="M14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N14">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
         <v>2</v>
       </c>
       <c r="T14">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="U14">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB14">
         <v>4</v>
       </c>
       <c r="AC14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AD14">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="AE14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF14">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15">
       <c r="A15">
         <v>14</v>
       </c>
       <c r="B15">
         <v>14</v>
       </c>
       <c r="C15">
         <v>5</v>
       </c>
       <c r="D15">
         <v>-4</v>
       </c>
       <c r="E15" t="str">
         <v>GEN</v>
       </c>
       <c r="F15" t="str">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G15">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="H15" t="str">
         <v>Charles Haugh</v>
       </c>
       <c r="I15">
         <v>9</v>
       </c>
       <c r="J15">
         <v>69</v>
       </c>
       <c r="L15" t="str">
         <v>haughc</v>
       </c>
       <c r="M15">
         <v>9</v>
       </c>
       <c r="N15">
         <v>69</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
         <v>5</v>
       </c>
@@ -1906,54 +1924,54 @@
       </c>
       <c r="AE15">
         <v>5</v>
       </c>
       <c r="AF15">
         <v>4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16">
         <v>15</v>
       </c>
       <c r="B16">
         <v>15</v>
       </c>
       <c r="C16">
         <v>7</v>
       </c>
       <c r="D16">
         <v>-7</v>
       </c>
       <c r="E16" t="str">
         <v>GEN</v>
       </c>
       <c r="F16" t="str">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="G16">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="H16" t="str">
         <v>Sean Mason</v>
       </c>
       <c r="I16">
         <v>14</v>
       </c>
       <c r="J16">
         <v>74</v>
       </c>
       <c r="K16">
         <v>283098</v>
       </c>
       <c r="L16" t="str">
         <v>bismofunyuns</v>
       </c>
       <c r="M16">
         <v>14</v>
       </c>
       <c r="N16">
         <v>74</v>
       </c>
       <c r="O16">
         <v>4</v>
       </c>
@@ -2001,57 +2019,57 @@
       </c>
       <c r="AD16">
         <v>8</v>
       </c>
       <c r="AE16">
         <v>3</v>
       </c>
       <c r="AF16">
         <v>4</v>
       </c>
     </row>
     <row r="17">
       <c r="A17">
         <v>16</v>
       </c>
       <c r="B17">
         <v>16</v>
       </c>
       <c r="C17">
         <v>10</v>
       </c>
       <c r="D17">
         <v>-25</v>
       </c>
       <c r="E17" t="str">
-        <v>GEN</v>
+        <v>NLM</v>
       </c>
       <c r="F17" t="str">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="G17">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="H17" t="str">
         <v>Dale Beck</v>
       </c>
       <c r="I17">
         <v>35</v>
       </c>
       <c r="J17">
         <v>95</v>
       </c>
       <c r="L17" t="str">
         <v>myst3rykarp</v>
       </c>
       <c r="M17">
         <v>35</v>
       </c>
       <c r="N17">
         <v>95</v>
       </c>
       <c r="O17">
         <v>3</v>
       </c>
       <c r="P17">
         <v>7</v>
       </c>
@@ -2099,54 +2117,54 @@
       </c>
       <c r="AE17">
         <v>6</v>
       </c>
       <c r="AF17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>T17</v>
       </c>
       <c r="B18">
         <v>17</v>
       </c>
       <c r="C18">
         <v>11</v>
       </c>
       <c r="D18">
         <v>0</v>
       </c>
       <c r="E18" t="str">
         <v>GEN</v>
       </c>
       <c r="F18" t="str">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G18">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H18" t="str">
         <v>Steven Leonard</v>
       </c>
       <c r="I18">
         <v>11</v>
       </c>
       <c r="J18">
         <v>71</v>
       </c>
       <c r="K18">
         <v>256084</v>
       </c>
       <c r="L18" t="str">
         <v>philly1974</v>
       </c>
       <c r="M18">
         <v>11</v>
       </c>
       <c r="N18">
         <v>71</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
@@ -2197,54 +2215,54 @@
       </c>
       <c r="AE18">
         <v>4</v>
       </c>
       <c r="AF18">
         <v>5</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>T17</v>
       </c>
       <c r="B19">
         <v>17</v>
       </c>
       <c r="C19">
         <v>11</v>
       </c>
       <c r="D19">
         <v>-6</v>
       </c>
       <c r="E19" t="str">
         <v>GEN</v>
       </c>
       <c r="F19" t="str">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G19">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H19" t="str">
         <v>Alan Zinneman</v>
       </c>
       <c r="I19">
         <v>17</v>
       </c>
       <c r="J19">
         <v>77</v>
       </c>
       <c r="K19">
         <v>246290</v>
       </c>
       <c r="L19" t="str">
         <v>flashz</v>
       </c>
       <c r="M19">
         <v>17</v>
       </c>
       <c r="N19">
         <v>77</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
@@ -2280,57 +2298,57 @@
       </c>
       <c r="Z19">
         <v>4</v>
       </c>
       <c r="AA19">
         <v>5</v>
       </c>
       <c r="AB19">
         <v>5</v>
       </c>
       <c r="AC19">
         <v>6</v>
       </c>
       <c r="AD19">
         <v>5</v>
       </c>
       <c r="AE19">
         <v>3</v>
       </c>
       <c r="AF19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="E20" t="str">
-        <v>NLM</v>
+        <v>GEN</v>
       </c>
       <c r="F20" t="str">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="G20">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="H20" t="str">
         <v>Timothy Herman</v>
       </c>
       <c r="I20">
         <v>2</v>
       </c>
       <c r="J20">
         <v>62</v>
       </c>
       <c r="K20">
         <v>310107</v>
       </c>
       <c r="L20" t="str">
         <v>therm07</v>
       </c>
       <c r="M20">
         <v>2</v>
       </c>
       <c r="N20">
         <v>62</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>