--- v0 (2026-01-30)
+++ v1 (2026-03-13)
@@ -563,461 +563,554 @@
       </c>
       <c r="AD1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AE1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AF1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AG1" t="str">
         <v>hole_19</v>
       </c>
       <c r="AH1" t="str">
         <v>hole_20</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="D2">
-        <v>-1</v>
+        <v>5</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>T3</v>
+        <v>1</v>
       </c>
       <c r="G2">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="H2" t="str">
-        <v>Gene Enyart</v>
+        <v>Richie Rich</v>
       </c>
       <c r="I2">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="J2">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>306979</v>
+        <v>54</v>
       </c>
       <c r="L2" t="str">
-        <v>genyart</v>
+        <v>rc1984</v>
       </c>
       <c r="M2">
-        <v>1</v>
+        <v>-6</v>
       </c>
       <c r="N2">
-        <v>43</v>
+        <v>54</v>
+      </c>
+      <c r="O2">
+        <v>2</v>
       </c>
       <c r="P2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S2">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="T2">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="U2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Y2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
       <c r="AC2">
+        <v>3</v>
+      </c>
+      <c r="AD2">
+        <v>2</v>
+      </c>
+      <c r="AE2">
+        <v>3</v>
+      </c>
+      <c r="AF2">
+        <v>2</v>
+      </c>
+      <c r="AG2">
+        <v>2</v>
+      </c>
+      <c r="AH2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3">
         <v>2</v>
       </c>
       <c r="B3">
         <v>2</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="E3" t="str">
         <v>GEN</v>
       </c>
       <c r="F3" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="G3">
         <v>3</v>
       </c>
       <c r="H3" t="str">
-        <v>Darryl Edmondson</v>
+        <v>Ricky Prince</v>
       </c>
       <c r="I3">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="J3">
-        <v>40</v>
+        <v>59</v>
+      </c>
+      <c r="K3">
+        <v>163596</v>
       </c>
       <c r="L3" t="str">
-        <v>discgolfpro67</v>
+        <v>rickyprince</v>
       </c>
       <c r="M3">
-        <v>1</v>
+        <v>-1</v>
       </c>
       <c r="N3">
-        <v>40</v>
+        <v>59</v>
+      </c>
+      <c r="O3">
+        <v>3</v>
       </c>
       <c r="P3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T3">
         <v>3</v>
       </c>
       <c r="U3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="AC3">
+        <v>5</v>
+      </c>
+      <c r="AD3">
+        <v>3</v>
+      </c>
+      <c r="AE3">
+        <v>4</v>
+      </c>
+      <c r="AF3">
+        <v>2</v>
+      </c>
+      <c r="AG3">
+        <v>2</v>
+      </c>
+      <c r="AH3">
+        <v>2</v>
       </c>
     </row>
     <row r="4">
-      <c r="A4" t="str">
-        <v>T3</v>
+      <c r="A4">
+        <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>T1</v>
+        <v>4</v>
       </c>
       <c r="G4">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="H4" t="str">
-        <v>Richie Rich</v>
+        <v>Darryl Edmondson</v>
       </c>
       <c r="I4">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="J4">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="L4" t="str">
-        <v>rc1984</v>
+        <v>discgolfpro67</v>
       </c>
       <c r="M4">
-        <v>-2</v>
+        <v>2</v>
       </c>
       <c r="N4">
-        <v>40</v>
+        <v>62</v>
+      </c>
+      <c r="O4">
+        <v>3</v>
       </c>
       <c r="P4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>2</v>
       </c>
       <c r="S4">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>4</v>
+      </c>
+      <c r="AD4">
+        <v>3</v>
+      </c>
+      <c r="AE4">
+        <v>4</v>
+      </c>
+      <c r="AF4">
+        <v>4</v>
+      </c>
+      <c r="AG4">
+        <v>2</v>
+      </c>
+      <c r="AH4">
+        <v>2</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="str">
-        <v>T3</v>
+      <c r="A5">
+        <v>4</v>
       </c>
       <c r="B5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D5">
-        <v>2</v>
+        <v>-1</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>T3</v>
+        <v>5</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="H5" t="str">
-        <v>Ricky Prince</v>
+        <v>Gene Enyart</v>
       </c>
       <c r="I5">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="J5">
-        <v>43</v>
+        <v>66</v>
       </c>
       <c r="K5">
-        <v>163596</v>
+        <v>306979</v>
       </c>
       <c r="L5" t="str">
-        <v>rickyprince</v>
+        <v>genyart</v>
       </c>
       <c r="M5">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="N5">
-        <v>43</v>
+        <v>66</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>2</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Y5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>4</v>
       </c>
       <c r="AA5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AC5">
+        <v>3</v>
+      </c>
+      <c r="AD5">
+        <v>6</v>
+      </c>
+      <c r="AE5">
         <v>5</v>
+      </c>
+      <c r="AF5">
+        <v>3</v>
+      </c>
+      <c r="AG5">
+        <v>4</v>
+      </c>
+      <c r="AH5">
+        <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6">
         <v>5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D6">
         <v>9</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>T1</v>
+        <v>2</v>
       </c>
       <c r="G6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="H6" t="str">
         <v xml:space="preserve">Bob K </v>
       </c>
       <c r="I6">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="J6">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="K6">
         <v>89316</v>
       </c>
       <c r="L6" t="str">
         <v>rkinder</v>
       </c>
       <c r="M6">
-        <v>-2</v>
+        <v>-3</v>
       </c>
       <c r="N6">
-        <v>40</v>
+        <v>57</v>
+      </c>
+      <c r="O6">
+        <v>3</v>
       </c>
       <c r="P6">
         <v>2</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">
         <v>4</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
         <v>2</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
         <v>3</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
         <v>2</v>
       </c>
       <c r="AB6">
         <v>2</v>
       </c>
       <c r="AC6">
         <v>3</v>
+      </c>
+      <c r="AD6">
+        <v>3</v>
+      </c>
+      <c r="AE6">
+        <v>4</v>
+      </c>
+      <c r="AF6">
+        <v>3</v>
+      </c>
+      <c r="AG6">
+        <v>2</v>
+      </c>
+      <c r="AH6">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>