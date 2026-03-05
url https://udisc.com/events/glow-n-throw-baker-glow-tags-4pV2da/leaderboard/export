--- v0 (2026-02-04)
+++ v1 (2026-03-05)
@@ -2605,50 +2605,53 @@
         <v>4</v>
       </c>
       <c r="AB25">
         <v>2</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E26">
         <v>15</v>
       </c>
       <c r="F26">
         <v>69</v>
       </c>
+      <c r="G26">
+        <v>280569</v>
+      </c>
       <c r="H26" t="str">
         <v>annikasj</v>
       </c>
       <c r="I26">
         <v>15</v>
       </c>
       <c r="J26">
         <v>69</v>
       </c>
       <c r="K26">
         <v>6</v>
       </c>
       <c r="L26">
         <v>3</v>
       </c>
       <c r="M26">
         <v>4</v>
       </c>
       <c r="N26">
         <v>3</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">