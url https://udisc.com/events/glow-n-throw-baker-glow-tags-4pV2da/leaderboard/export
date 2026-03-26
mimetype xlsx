--- v1 (2026-03-05)
+++ v2 (2026-03-26)
@@ -1751,50 +1751,53 @@
         <v>4</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E16">
         <v>3</v>
       </c>
       <c r="F16">
         <v>57</v>
       </c>
+      <c r="G16">
+        <v>322995</v>
+      </c>
       <c r="H16" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I16">
         <v>3</v>
       </c>
       <c r="J16">
         <v>57</v>
       </c>
       <c r="K16">
         <v>4</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>4</v>
       </c>
       <c r="N16">
         <v>3</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">