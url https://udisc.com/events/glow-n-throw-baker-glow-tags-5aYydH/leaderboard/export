--- v0 (2026-02-04)
+++ v1 (2026-03-05)
@@ -3626,203 +3626,206 @@
       </c>
       <c r="Y37">
         <v>4</v>
       </c>
       <c r="Z37">
         <v>5</v>
       </c>
       <c r="AA37">
         <v>5</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>T37</v>
       </c>
       <c r="C38">
         <v>37</v>
       </c>
       <c r="D38" t="str">
-        <v>Adam G</v>
+        <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E38">
         <v>10</v>
       </c>
       <c r="F38">
         <v>64</v>
       </c>
+      <c r="G38">
+        <v>280569</v>
+      </c>
       <c r="H38" t="str">
-        <v>adamgazd</v>
+        <v>annikasj</v>
       </c>
       <c r="I38">
         <v>10</v>
       </c>
       <c r="J38">
         <v>64</v>
       </c>
       <c r="K38">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P38">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="Q38">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="U38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V38">
         <v>3</v>
       </c>
       <c r="W38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X38">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z38">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="AA38">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB38">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>T37</v>
       </c>
       <c r="C39">
         <v>37</v>
       </c>
       <c r="D39" t="str">
-        <v xml:space="preserve">Annika Slumskie </v>
+        <v>Adam G</v>
       </c>
       <c r="E39">
         <v>10</v>
       </c>
       <c r="F39">
         <v>64</v>
       </c>
       <c r="H39" t="str">
-        <v>annikasj</v>
+        <v>adamgazd</v>
       </c>
       <c r="I39">
         <v>10</v>
       </c>
       <c r="J39">
         <v>64</v>
       </c>
       <c r="K39">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L39">
         <v>3</v>
       </c>
       <c r="M39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P39">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="Q39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
         <v>3</v>
       </c>
       <c r="T39">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="U39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V39">
         <v>3</v>
       </c>
       <c r="W39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X39">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="Y39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z39">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="AA39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>T39</v>
       </c>
       <c r="C40">
         <v>39</v>
       </c>
       <c r="D40" t="str">
         <v>Grant</v>
       </c>
       <c r="E40">
         <v>11</v>
       </c>
       <c r="F40">
         <v>65</v>
       </c>
       <c r="G40">
         <v>265379</v>
       </c>
       <c r="H40" t="str">