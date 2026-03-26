--- v1 (2026-03-05)
+++ v2 (2026-03-26)
@@ -3379,50 +3379,53 @@
         <v>4</v>
       </c>
       <c r="AB34">
         <v>2</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>T32</v>
       </c>
       <c r="C35">
         <v>32</v>
       </c>
       <c r="D35" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E35">
         <v>7</v>
       </c>
       <c r="F35">
         <v>61</v>
       </c>
+      <c r="G35">
+        <v>322995</v>
+      </c>
       <c r="H35" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I35">
         <v>7</v>
       </c>
       <c r="J35">
         <v>61</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>3</v>
       </c>
       <c r="N35">
         <v>4</v>
       </c>
       <c r="O35">
         <v>3</v>
       </c>
       <c r="P35">